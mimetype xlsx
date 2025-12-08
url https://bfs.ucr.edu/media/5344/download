--- v0 (2025-10-09)
+++ v1 (2025-12-08)
@@ -8,63 +8,63 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="24332"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://o365ucr.sharepoint.com/sites/BFS/GA/GA_Supervisor/A_Oracle_Production/CostTransferForm/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\vivianc\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="19" documentId="8_{C5E4D5B1-4EBC-4E26-84FA-47F7B27C1455}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{13659364-4BE4-4A94-A9F4-6A1C0AC4D63C}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{2FC9EBFE-4448-4301-ABCF-43955963EB9C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Guidelines and Instructions" sheetId="2" r:id="rId1"/>
     <sheet name="Oracle Cost Transfer Form" sheetId="3" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="FORM" localSheetId="1">'Oracle Cost Transfer Form'!$A$3:$AD$60</definedName>
+    <definedName name="FORM" localSheetId="1">'Oracle Cost Transfer Form'!$A$3:$AD$61</definedName>
     <definedName name="FORM">#REF!</definedName>
     <definedName name="FORMALLEN">#REF!</definedName>
     <definedName name="FORMBAILEYSERRES">#REF!</definedName>
     <definedName name="FORMBRAY">#REF!</definedName>
     <definedName name="FORMCLOSE">#REF!</definedName>
     <definedName name="FORMELLSTRAND">#REF!</definedName>
     <definedName name="FORMESTILAI">#REF!</definedName>
     <definedName name="FORMHALL">#REF!</definedName>
     <definedName name="FORMHOLT">#REF!</definedName>
     <definedName name="FORMHUANG">#REF!</definedName>
     <definedName name="FORMLORD">#REF!</definedName>
     <definedName name="FORMLOVATT">#REF!</definedName>
     <definedName name="FORMMCGIFFEN">#REF!</definedName>
     <definedName name="FORMNOTHNAGEL">#REF!</definedName>
     <definedName name="FORMWAINES">#REF!</definedName>
     <definedName name="FORMWALLING">#REF!</definedName>
     <definedName name="FORMWHITKUS">#REF!</definedName>
     <definedName name="FORMXU">#REF!</definedName>
     <definedName name="OA01A3">#REF!</definedName>
     <definedName name="OA01B5">#REF!</definedName>
     <definedName name="OA01B6">#REF!</definedName>
     <definedName name="OA01C5">#REF!</definedName>
     <definedName name="OA01E4">#REF!</definedName>
     <definedName name="OA01H2">#REF!</definedName>
     <definedName name="OA01H4">#REF!</definedName>
@@ -153,51 +153,51 @@
     <definedName name="OAARB5">#REF!</definedName>
     <definedName name="OAC2W2">#REF!</definedName>
     <definedName name="OAH2X2">#REF!</definedName>
     <definedName name="OAH4N2">#REF!</definedName>
     <definedName name="OAK4L7">#REF!</definedName>
     <definedName name="OAK7W2">#REF!</definedName>
     <definedName name="OAL3H5">#REF!</definedName>
     <definedName name="OAL4M4">#REF!</definedName>
     <definedName name="OAL5E4">#REF!</definedName>
     <definedName name="OAL6M4">#REF!</definedName>
     <definedName name="OAL9M4">#REF!</definedName>
     <definedName name="OAM2W1">#REF!</definedName>
     <definedName name="OAP2W3">#REF!</definedName>
     <definedName name="OAP3W1">#REF!</definedName>
     <definedName name="OAP7B6">#REF!</definedName>
     <definedName name="OAP8A3">#REF!</definedName>
     <definedName name="OAP9B5">#REF!</definedName>
     <definedName name="OAP9L6">#REF!</definedName>
     <definedName name="OAP9N2">#REF!</definedName>
     <definedName name="OAR6H2">#REF!</definedName>
     <definedName name="OAT7H2">#REF!</definedName>
     <definedName name="OAT8C5">#REF!</definedName>
     <definedName name="OAT8H4">#REF!</definedName>
     <definedName name="OAW3W1">#REF!</definedName>
     <definedName name="OAX6B6">#REF!</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="1">'Oracle Cost Transfer Form'!$A$3:$AD$66</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">'Oracle Cost Transfer Form'!$A$3:$AD$67</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="111" uniqueCount="91">
   <si>
     <t>Instructions for completing the information required in the various fields of the Manual Exceptional Non-Payroll Cost Transfer Form are below.</t>
   </si>
   <si>
@@ -604,53 +604,50 @@
     <t>a)  Since the UC is subject to sales/use tax audits  by the State, the supplier invoice showing sales tax collected must be provided as backup.</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">b) The department </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="11"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>must</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> provide either:  i) the specific Financial Transaction Detail Report page(s) with the transaction(s) being corrected highlighted; or  ii) a Looker query that includes at a minimum the:  Period Year, Accounting Period Num,  full COA, Source Name, GL Line Batch Name, GL Line Journal Reference, GL Line Description, Acct Seq#, and Amount (GL Actual Revenue or GL Actual Expenses) of the transaction(s) being corrected.</t>
     </r>
   </si>
   <si>
-    <t>COA_Use_Tax_Reversal_Cost_Transfer_Form_and_Guidelines_v3.xlsx  Updated: 1-16-2025</t>
-[...1 lines deleted...]
-  <si>
     <r>
       <t xml:space="preserve">Manual Non-Payroll Cost Transfer (NCT) requests must now be submitted through the Finance and Administration Support portal (https://ucrsupport.service-now.com/finadmin_portal) under the Service/Business Area “General Accounting &amp; Web Recharge.” This change ensures that all manual NCT requests are properly tracked and processed efficiently.  In the Short Description, please put "Manual Cost Transfer Request".
 The ticket will be Accounting's primary tool for follow-up with departments on their cost transfer requests.  Therefore, please review the ticket for communication from Accounting as we may have questions or need additional information.
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="11"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Both the Excel and pdf version of the manual cost transfer is required, but only the pdf version has to have the required approvals on it.</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">  The Excel version facilitates Accounting's completion of the Oracle import journal spreadsheet that is uploaded into Oracle Financials.  Copying and pasting the COA prevents data entry errors.</t>
     </r>
   </si>
   <si>
@@ -679,50 +676,53 @@
         <b/>
         <sz val="11"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>:</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="11"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Both the Excel and pdf version of the manual cost transfer is required, but only the pdf version has to have the required approvals on it.</t>
     </r>
+  </si>
+  <si>
+    <t>COA_Use_Tax_Reversal_Cost_Transfer_Form_and_Guidelines_v4.xlsx  Updated: 12-05-2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="7" formatCode="&quot;$&quot;#,##0.00_);\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="0.0000"/>
   </numFmts>
   <fonts count="27">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Arial"/>
@@ -1729,72 +1729,72 @@
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" quotePrefix="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1"/>
     <xf numFmtId="44" fontId="0" fillId="0" borderId="37" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="44" fontId="0" fillId="0" borderId="29" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
@@ -2409,381 +2409,379 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor rgb="FFFFFF00"/>
   </sheetPr>
   <dimension ref="A1:X45"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
-      <selection sqref="A1:B1"/>
+      <selection activeCell="A2" sqref="A2:B9"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="12.5"/>
   <cols>
-    <col min="1" max="1" width="13.42578125" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="29.140625" style="15" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="13.453125" customWidth="1"/>
+    <col min="2" max="2" width="102.1796875" customWidth="1"/>
+    <col min="3" max="3" width="2.81640625" customWidth="1"/>
+    <col min="4" max="4" width="29.1796875" style="15" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="27" style="15" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="10.7109375" style="15" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="11.42578125" style="15" customWidth="1"/>
+    <col min="6" max="6" width="10.7265625" style="15" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="11.453125" style="15" customWidth="1"/>
     <col min="8" max="8" width="13" style="15" customWidth="1"/>
-    <col min="9" max="9" width="12.7109375" style="15" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="13" max="13" width="11.7109375" style="15" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="12.7265625" style="15" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="18.81640625" style="15" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="13.1796875" style="15" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="7.26953125" style="15" customWidth="1"/>
+    <col min="13" max="13" width="11.7265625" style="15" bestFit="1" customWidth="1"/>
     <col min="14" max="15" width="11" style="15" bestFit="1" customWidth="1"/>
-    <col min="16" max="16" width="12.28515625" style="15" bestFit="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="22" max="24" width="9.140625" style="15"/>
+    <col min="16" max="16" width="12.26953125" style="15" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="34.453125" style="15" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="33.453125" style="15" bestFit="1" customWidth="1"/>
+    <col min="19" max="19" width="23.1796875" style="15" bestFit="1" customWidth="1"/>
+    <col min="20" max="20" width="35.81640625" style="15" bestFit="1" customWidth="1"/>
+    <col min="21" max="21" width="20.453125" style="15" bestFit="1" customWidth="1"/>
+    <col min="22" max="24" width="9.1796875" style="15"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="50.25" customHeight="1">
       <c r="A1" s="139" t="s">
         <v>81</v>
       </c>
       <c r="B1" s="140"/>
       <c r="E1" s="82"/>
     </row>
-    <row r="2" spans="1:5" ht="14.1" customHeight="1">
+    <row r="2" spans="1:5" ht="14.15" customHeight="1">
       <c r="A2" s="141" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B2" s="142"/>
     </row>
-    <row r="3" spans="1:5" ht="14.1" customHeight="1">
+    <row r="3" spans="1:5" ht="14.15" customHeight="1">
       <c r="A3" s="143"/>
       <c r="B3" s="144"/>
       <c r="E3" s="80"/>
     </row>
-    <row r="4" spans="1:5" ht="14.1" customHeight="1">
+    <row r="4" spans="1:5" ht="14.15" customHeight="1">
       <c r="A4" s="143"/>
       <c r="B4" s="144"/>
     </row>
-    <row r="5" spans="1:5" ht="14.1" customHeight="1">
+    <row r="5" spans="1:5" ht="14.15" customHeight="1">
       <c r="A5" s="143"/>
       <c r="B5" s="144"/>
       <c r="E5" s="80"/>
     </row>
-    <row r="6" spans="1:5" ht="14.1" customHeight="1">
+    <row r="6" spans="1:5" ht="14.15" customHeight="1">
       <c r="A6" s="143"/>
       <c r="B6" s="144"/>
     </row>
-    <row r="7" spans="1:5" ht="14.1" customHeight="1">
+    <row r="7" spans="1:5" ht="14.15" customHeight="1">
       <c r="A7" s="143"/>
       <c r="B7" s="144"/>
     </row>
-    <row r="8" spans="1:5" ht="14.1" customHeight="1">
+    <row r="8" spans="1:5" ht="14.15" customHeight="1">
       <c r="A8" s="143"/>
       <c r="B8" s="144"/>
     </row>
     <row r="9" spans="1:5" ht="47.25" customHeight="1">
       <c r="A9" s="143"/>
       <c r="B9" s="144"/>
     </row>
-    <row r="10" spans="1:5" ht="14.1" customHeight="1">
+    <row r="10" spans="1:5" ht="14.15" customHeight="1">
       <c r="A10" s="41"/>
       <c r="B10" s="42"/>
     </row>
-    <row r="11" spans="1:5" ht="14.1" customHeight="1">
+    <row r="11" spans="1:5" ht="14.15" customHeight="1">
       <c r="A11" s="145" t="s">
         <v>0</v>
       </c>
       <c r="B11" s="146"/>
     </row>
-    <row r="12" spans="1:5" ht="14.1" customHeight="1">
+    <row r="12" spans="1:5" ht="14.15" customHeight="1">
       <c r="A12" s="147"/>
       <c r="B12" s="148"/>
     </row>
-    <row r="13" spans="1:5" ht="15">
+    <row r="13" spans="1:5" ht="14">
       <c r="A13" s="10" t="s">
         <v>1</v>
       </c>
       <c r="B13" s="11" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="14" spans="1:5" ht="14.25">
+    <row r="14" spans="1:5" ht="14">
       <c r="A14" s="12"/>
       <c r="B14" s="13"/>
     </row>
-    <row r="15" spans="1:5" ht="28.5">
+    <row r="15" spans="1:5" ht="28">
       <c r="A15" s="12">
         <v>1</v>
       </c>
       <c r="B15" s="128" t="s">
         <v>82</v>
       </c>
       <c r="E15" s="81"/>
     </row>
-    <row r="16" spans="1:5" ht="14.25">
+    <row r="16" spans="1:5" ht="14">
       <c r="A16" s="12"/>
       <c r="B16" s="37"/>
       <c r="E16" s="81"/>
     </row>
-    <row r="17" spans="1:2" ht="42.75">
+    <row r="17" spans="1:2" ht="42">
       <c r="A17" s="12">
         <v>2</v>
       </c>
       <c r="B17" s="128" t="s">
         <v>83</v>
       </c>
     </row>
-    <row r="18" spans="1:2" ht="14.25">
+    <row r="18" spans="1:2" ht="14">
       <c r="A18" s="12"/>
       <c r="B18" s="13"/>
     </row>
-    <row r="19" spans="1:2" ht="15">
+    <row r="19" spans="1:2" ht="15.5">
       <c r="A19" s="12">
         <v>3</v>
       </c>
       <c r="B19" s="135" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="20" spans="1:2" ht="14.25">
+    <row r="20" spans="1:2" ht="14">
       <c r="A20" s="12"/>
       <c r="B20" s="132" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="21" spans="1:2" ht="28.5">
+    <row r="21" spans="1:2" ht="28">
       <c r="A21" s="12"/>
       <c r="B21" s="128" t="s">
         <v>70</v>
       </c>
     </row>
-    <row r="22" spans="1:2" ht="42.75">
+    <row r="22" spans="1:2" ht="28">
       <c r="A22" s="12"/>
       <c r="B22" s="136" t="s">
         <v>80</v>
       </c>
     </row>
-    <row r="23" spans="1:2" ht="28.5">
+    <row r="23" spans="1:2" ht="28">
       <c r="A23" s="12"/>
       <c r="B23" s="137" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="24" spans="1:2" ht="14.25">
+    <row r="24" spans="1:2" ht="14">
       <c r="A24" s="12"/>
       <c r="B24" s="133" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="25" spans="1:2" ht="14.25">
+    <row r="25" spans="1:2" ht="14">
       <c r="A25" s="12"/>
       <c r="B25" s="132" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="26" spans="1:2" ht="14.25">
+    <row r="26" spans="1:2" ht="14">
       <c r="A26" s="12"/>
       <c r="B26" s="138" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="27" spans="1:2" ht="14.25">
+    <row r="27" spans="1:2" ht="14">
       <c r="A27" s="12"/>
       <c r="B27" s="83"/>
     </row>
-    <row r="28" spans="1:2" ht="14.25">
+    <row r="28" spans="1:2" ht="14">
       <c r="A28" s="12">
         <v>4</v>
       </c>
       <c r="B28" s="133" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="29" spans="1:2" ht="28.5">
+    <row r="29" spans="1:2" ht="28">
       <c r="A29" s="129"/>
       <c r="B29" s="134" t="s">
         <v>84</v>
       </c>
     </row>
-    <row r="30" spans="1:2" ht="71.25">
+    <row r="30" spans="1:2" ht="70">
       <c r="B30" s="130" t="s">
         <v>85</v>
       </c>
     </row>
-    <row r="31" spans="1:2" ht="57">
+    <row r="31" spans="1:2" ht="56">
       <c r="A31" s="12"/>
       <c r="B31" s="128" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:2" ht="14.25">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="32" spans="1:2" ht="14">
       <c r="A32" s="12"/>
       <c r="B32" s="13"/>
     </row>
-    <row r="33" spans="1:5" ht="72.75">
+    <row r="33" spans="1:5" ht="70">
       <c r="A33" s="12">
         <v>5</v>
       </c>
       <c r="B33" s="130" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="E33" s="81"/>
     </row>
-    <row r="34" spans="1:5" ht="14.25">
+    <row r="34" spans="1:5" ht="14">
       <c r="A34" s="12"/>
       <c r="B34" s="13"/>
     </row>
-    <row r="35" spans="1:5" ht="28.5">
+    <row r="35" spans="1:5" ht="28">
       <c r="A35" s="12">
         <v>6</v>
       </c>
       <c r="B35" s="128" t="s">
         <v>10</v>
       </c>
       <c r="E35" s="81"/>
     </row>
-    <row r="36" spans="1:5" ht="14.25">
+    <row r="36" spans="1:5" ht="14">
       <c r="A36" s="12"/>
       <c r="B36" s="16"/>
     </row>
-    <row r="37" spans="1:5" ht="28.5">
+    <row r="37" spans="1:5" ht="28">
       <c r="A37" s="12">
         <v>7</v>
       </c>
       <c r="B37" s="128" t="s">
         <v>11</v>
       </c>
       <c r="E37" s="81"/>
     </row>
-    <row r="38" spans="1:5" ht="14.25">
+    <row r="38" spans="1:5" ht="14">
       <c r="A38" s="12"/>
       <c r="B38" s="13"/>
     </row>
-    <row r="39" spans="1:5" ht="28.5">
+    <row r="39" spans="1:5" ht="28">
       <c r="A39" s="12">
         <v>8</v>
       </c>
       <c r="B39" s="128" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="81"/>
     </row>
-    <row r="40" spans="1:5" ht="14.25">
+    <row r="40" spans="1:5" ht="14">
       <c r="A40" s="12"/>
       <c r="B40" s="13"/>
     </row>
-    <row r="41" spans="1:5" ht="14.25">
+    <row r="41" spans="1:5" ht="14">
       <c r="A41" s="12">
         <v>9</v>
       </c>
       <c r="B41" s="132" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="42" spans="1:5" ht="14.25">
+    <row r="42" spans="1:5" ht="14">
       <c r="A42" s="84"/>
       <c r="B42" s="85"/>
     </row>
-    <row r="43" spans="1:5" ht="201">
+    <row r="43" spans="1:5" ht="168">
       <c r="A43" s="84">
         <v>10</v>
       </c>
       <c r="B43" s="131" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:5" ht="14.25">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5" ht="14">
       <c r="A44" s="84"/>
       <c r="B44" s="126"/>
     </row>
-    <row r="45" spans="1:5" ht="13.5" thickBot="1">
+    <row r="45" spans="1:5" ht="13" thickBot="1">
       <c r="A45" s="14"/>
       <c r="B45" s="127" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="A2:B9"/>
     <mergeCell ref="A11:B12"/>
   </mergeCells>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{725B12D2-DED9-4A64-B353-CD123915A349}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A3:AD69"/>
+  <dimension ref="A3:AD70"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="110" zoomScaleNormal="110" zoomScalePageLayoutView="59" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView showGridLines="0" zoomScale="110" zoomScaleNormal="110" zoomScalePageLayoutView="59" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="12.5"/>
   <cols>
     <col min="1" max="1" width="6" customWidth="1"/>
-    <col min="2" max="2" width="9.85546875" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="19.42578125" customWidth="1"/>
+    <col min="2" max="2" width="9.81640625" customWidth="1"/>
+    <col min="3" max="4" width="14.453125" customWidth="1"/>
+    <col min="5" max="5" width="19.453125" customWidth="1"/>
     <col min="6" max="6" width="26" customWidth="1"/>
-    <col min="7" max="7" width="9.140625" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="30" max="30" width="16.42578125" customWidth="1"/>
+    <col min="7" max="7" width="9.1796875" customWidth="1"/>
+    <col min="8" max="9" width="11.1796875" customWidth="1"/>
+    <col min="10" max="10" width="12.26953125" customWidth="1"/>
+    <col min="11" max="11" width="7.453125" customWidth="1"/>
+    <col min="12" max="12" width="10.81640625" style="91" customWidth="1"/>
+    <col min="13" max="13" width="15.7265625" style="91" customWidth="1"/>
+    <col min="14" max="15" width="15.7265625" customWidth="1"/>
+    <col min="16" max="17" width="15.7265625" style="91" customWidth="1"/>
+    <col min="18" max="23" width="15.7265625" customWidth="1"/>
+    <col min="24" max="25" width="15.7265625" style="91" customWidth="1"/>
+    <col min="26" max="28" width="15.7265625" customWidth="1"/>
+    <col min="29" max="29" width="15.7265625" style="91" customWidth="1"/>
+    <col min="30" max="30" width="16.453125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:30" ht="24" customHeight="1">
       <c r="A3" s="197" t="s">
         <v>14</v>
       </c>
       <c r="B3" s="197"/>
       <c r="C3" s="197"/>
       <c r="D3" s="197"/>
       <c r="E3" s="197"/>
       <c r="F3" s="197"/>
       <c r="G3" s="197"/>
       <c r="H3" s="197"/>
       <c r="I3" s="197"/>
       <c r="J3" s="197"/>
       <c r="K3" s="197"/>
       <c r="L3" s="197"/>
       <c r="M3" s="197"/>
       <c r="N3" s="197"/>
       <c r="O3" s="197"/>
       <c r="P3" s="197"/>
       <c r="Q3" s="197"/>
       <c r="R3" s="197"/>
       <c r="S3" s="197"/>
       <c r="T3" s="197"/>
@@ -2883,125 +2881,125 @@
       <c r="G7" s="17"/>
       <c r="H7" s="18"/>
       <c r="I7" s="17"/>
       <c r="J7" s="17"/>
       <c r="K7" s="38"/>
       <c r="L7" s="92"/>
       <c r="M7" s="92"/>
       <c r="N7" s="17"/>
       <c r="O7" s="17"/>
       <c r="P7" s="92"/>
       <c r="Q7" s="92"/>
       <c r="R7" s="17"/>
       <c r="S7" s="17"/>
       <c r="T7" s="17"/>
       <c r="U7" s="17"/>
       <c r="V7" s="17"/>
       <c r="W7" s="17"/>
       <c r="X7" s="92"/>
       <c r="Y7" s="92"/>
       <c r="Z7" s="17"/>
       <c r="AA7" s="17"/>
       <c r="AB7" s="17"/>
       <c r="AC7" s="92"/>
       <c r="AD7" s="17"/>
     </row>
-    <row r="8" spans="1:30">
+    <row r="8" spans="1:30" ht="13">
       <c r="A8" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D8" s="25" t="s">
         <v>71</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>20</v>
       </c>
       <c r="G8" s="25"/>
       <c r="M8" s="93"/>
       <c r="N8" s="25"/>
       <c r="O8" s="25"/>
       <c r="P8" s="93"/>
       <c r="Q8" s="93"/>
       <c r="R8" s="25"/>
       <c r="S8" s="25"/>
       <c r="T8" s="25"/>
       <c r="U8" s="25"/>
       <c r="V8" s="25"/>
       <c r="W8" s="25"/>
       <c r="X8" s="93"/>
       <c r="Y8" s="93"/>
       <c r="Z8" s="25"/>
       <c r="AA8" s="25"/>
       <c r="AB8" s="25"/>
       <c r="AC8" s="93"/>
     </row>
     <row r="9" spans="1:30" ht="13.5" thickBot="1">
       <c r="A9" s="1"/>
       <c r="M9" s="93"/>
       <c r="N9" s="25"/>
       <c r="O9" s="25"/>
       <c r="P9" s="93"/>
       <c r="Q9" s="93"/>
       <c r="R9" s="25"/>
       <c r="S9" s="25"/>
       <c r="T9" s="25"/>
       <c r="U9" s="25"/>
       <c r="V9" s="25"/>
       <c r="W9" s="25"/>
       <c r="X9" s="93"/>
       <c r="Y9" s="93"/>
       <c r="Z9" s="25"/>
       <c r="AA9" s="25"/>
       <c r="AB9" s="25"/>
       <c r="AC9" s="93"/>
     </row>
-    <row r="10" spans="1:30" ht="16.5" thickBot="1">
+    <row r="10" spans="1:30" ht="16" thickBot="1">
       <c r="A10" s="69" t="s">
         <v>21</v>
       </c>
       <c r="B10" s="70"/>
       <c r="C10" s="70"/>
       <c r="D10" s="71"/>
       <c r="M10" s="93"/>
       <c r="N10" s="25"/>
       <c r="O10" s="25"/>
       <c r="P10" s="93"/>
       <c r="Q10" s="93"/>
       <c r="R10" s="25"/>
       <c r="S10" s="25"/>
       <c r="T10" s="25"/>
       <c r="U10" s="25"/>
       <c r="V10" s="25"/>
       <c r="W10" s="25"/>
       <c r="X10" s="93"/>
       <c r="Y10" s="93"/>
       <c r="Z10" s="25"/>
       <c r="AA10" s="25"/>
       <c r="AB10" s="25"/>
       <c r="AC10" s="93"/>
     </row>
-    <row r="11" spans="1:30">
+    <row r="11" spans="1:30" ht="13">
       <c r="A11" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>23</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>24</v>
       </c>
       <c r="L11" s="95" t="s">
         <v>25</v>
       </c>
       <c r="M11" s="93"/>
       <c r="N11" s="25" t="s">
         <v>71</v>
       </c>
       <c r="O11" s="1" t="s">
         <v>26</v>
       </c>
       <c r="P11" s="93" t="s">
         <v>75</v>
       </c>
       <c r="Q11" s="93"/>
       <c r="R11" s="25"/>
       <c r="S11" s="25"/>
@@ -3016,118 +3014,118 @@
       <c r="AB11" s="25"/>
       <c r="AC11" s="93"/>
     </row>
     <row r="12" spans="1:30" ht="13.5" thickBot="1">
       <c r="E12" s="25"/>
       <c r="F12" s="25"/>
       <c r="M12" s="93"/>
       <c r="N12" s="25"/>
       <c r="O12" s="25"/>
       <c r="P12" s="93"/>
       <c r="Q12" s="93"/>
       <c r="R12" s="25"/>
       <c r="S12" s="25"/>
       <c r="T12" s="25"/>
       <c r="U12" s="25"/>
       <c r="V12" s="25"/>
       <c r="W12" s="25"/>
       <c r="X12" s="93"/>
       <c r="Y12" s="93"/>
       <c r="Z12" s="25"/>
       <c r="AA12" s="25"/>
       <c r="AB12" s="25"/>
       <c r="AC12" s="93"/>
       <c r="AD12" s="25"/>
     </row>
-    <row r="13" spans="1:30" ht="15.6" customHeight="1" thickBot="1">
+    <row r="13" spans="1:30" ht="15.65" customHeight="1" thickBot="1">
       <c r="A13" s="69" t="s">
         <v>27</v>
       </c>
       <c r="B13" s="70"/>
       <c r="C13" s="70"/>
       <c r="D13" s="71"/>
       <c r="H13" s="49"/>
       <c r="K13" s="25"/>
       <c r="L13" s="93"/>
       <c r="M13" s="93"/>
       <c r="N13" s="25"/>
       <c r="O13" s="25"/>
       <c r="P13" s="93"/>
       <c r="Q13" s="93"/>
       <c r="R13" s="25"/>
       <c r="S13" s="25"/>
       <c r="T13" s="25"/>
       <c r="U13" s="25"/>
       <c r="V13" s="25"/>
       <c r="W13" s="25"/>
       <c r="X13" s="93"/>
       <c r="Y13" s="93"/>
       <c r="Z13" s="25"/>
       <c r="AA13" s="25"/>
       <c r="AB13" s="25"/>
       <c r="AC13" s="93"/>
       <c r="AD13" s="25"/>
     </row>
-    <row r="14" spans="1:30" ht="16.5" thickBot="1">
+    <row r="14" spans="1:30" ht="16" thickBot="1">
       <c r="A14" s="72"/>
       <c r="B14" s="206" t="s">
         <v>28</v>
       </c>
       <c r="C14" s="207"/>
       <c r="D14" s="207"/>
       <c r="E14" s="208"/>
       <c r="F14" s="208"/>
       <c r="G14" s="203" t="s">
         <v>29</v>
       </c>
       <c r="H14" s="204"/>
       <c r="I14" s="204"/>
       <c r="J14" s="204"/>
       <c r="K14" s="204"/>
       <c r="L14" s="204"/>
       <c r="M14" s="204"/>
       <c r="N14" s="204"/>
       <c r="O14" s="204"/>
       <c r="P14" s="204"/>
       <c r="Q14" s="204"/>
       <c r="R14" s="205"/>
       <c r="S14" s="203" t="s">
         <v>79</v>
       </c>
       <c r="T14" s="204"/>
       <c r="U14" s="204"/>
       <c r="V14" s="204"/>
       <c r="W14" s="204"/>
       <c r="X14" s="204"/>
       <c r="Y14" s="204"/>
       <c r="Z14" s="204"/>
       <c r="AA14" s="204"/>
       <c r="AB14" s="204"/>
       <c r="AC14" s="204"/>
       <c r="AD14" s="205"/>
     </row>
-    <row r="15" spans="1:30" ht="40.35" customHeight="1">
+    <row r="15" spans="1:30" ht="40.4" customHeight="1">
       <c r="A15" s="155" t="s">
         <v>30</v>
       </c>
       <c r="B15" s="181" t="s">
         <v>31</v>
       </c>
       <c r="C15" s="183" t="s">
         <v>32</v>
       </c>
       <c r="D15" s="212" t="s">
         <v>33</v>
       </c>
       <c r="E15" s="157" t="s">
         <v>34</v>
       </c>
       <c r="F15" s="183" t="s">
         <v>35</v>
       </c>
       <c r="G15" s="177" t="s">
         <v>36</v>
       </c>
       <c r="H15" s="157" t="s">
         <v>37</v>
       </c>
       <c r="I15" s="157" t="s">
@@ -3263,1759 +3261,1718 @@
       <c r="U17" s="58" t="s">
         <v>77</v>
       </c>
       <c r="V17" s="21">
         <v>215520</v>
       </c>
       <c r="W17" s="118" t="s">
         <v>78</v>
       </c>
       <c r="X17" s="87" t="s">
         <v>72</v>
       </c>
       <c r="Y17" s="88" t="s">
         <v>73</v>
       </c>
       <c r="Z17" s="43"/>
       <c r="AA17" s="43"/>
       <c r="AB17" s="87" t="s">
         <v>73</v>
       </c>
       <c r="AC17" s="89" t="s">
         <v>74</v>
       </c>
       <c r="AD17" s="125"/>
     </row>
-    <row r="18" spans="1:30" ht="49.5" customHeight="1">
+    <row r="18" spans="1:30" ht="48.75" customHeight="1">
       <c r="A18" s="51">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="B18" s="52"/>
-      <c r="C18" s="47"/>
+      <c r="C18" s="46"/>
       <c r="D18" s="47"/>
-      <c r="E18" s="21"/>
+      <c r="E18" s="117"/>
       <c r="F18" s="86"/>
       <c r="G18" s="34"/>
       <c r="H18" s="22"/>
       <c r="I18" s="39"/>
       <c r="J18" s="22"/>
       <c r="K18" s="22"/>
       <c r="L18" s="87"/>
-      <c r="M18" s="90"/>
-[...1 lines deleted...]
-      <c r="O18" s="44"/>
+      <c r="M18" s="88"/>
+      <c r="N18" s="43"/>
+      <c r="O18" s="43"/>
       <c r="P18" s="87"/>
       <c r="Q18" s="89"/>
       <c r="R18" s="124"/>
       <c r="S18" s="34"/>
       <c r="T18" s="21"/>
       <c r="U18" s="58"/>
       <c r="V18" s="21"/>
       <c r="W18" s="118"/>
       <c r="X18" s="87"/>
-      <c r="Y18" s="90"/>
-[...1 lines deleted...]
-      <c r="AA18" s="44"/>
+      <c r="Y18" s="88"/>
+      <c r="Z18" s="43"/>
+      <c r="AA18" s="43"/>
       <c r="AB18" s="87"/>
       <c r="AC18" s="89"/>
       <c r="AD18" s="125"/>
     </row>
-    <row r="19" spans="1:30" ht="24" customHeight="1">
+    <row r="19" spans="1:30" ht="49.5" customHeight="1">
       <c r="A19" s="51">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="B19" s="52"/>
       <c r="C19" s="47"/>
       <c r="D19" s="47"/>
       <c r="E19" s="21"/>
-      <c r="F19" s="51"/>
+      <c r="F19" s="86"/>
       <c r="G19" s="34"/>
       <c r="H19" s="22"/>
       <c r="I19" s="39"/>
       <c r="J19" s="22"/>
       <c r="K19" s="22"/>
       <c r="L19" s="87"/>
       <c r="M19" s="90"/>
       <c r="N19" s="44"/>
       <c r="O19" s="44"/>
       <c r="P19" s="87"/>
       <c r="Q19" s="89"/>
-      <c r="R19" s="51"/>
+      <c r="R19" s="124"/>
       <c r="S19" s="34"/>
       <c r="T19" s="21"/>
       <c r="U19" s="58"/>
       <c r="V19" s="21"/>
-      <c r="W19" s="21"/>
-      <c r="X19" s="90"/>
+      <c r="W19" s="118"/>
+      <c r="X19" s="87"/>
       <c r="Y19" s="90"/>
-      <c r="Z19" s="21"/>
-[...3 lines deleted...]
-      <c r="AD19" s="59"/>
+      <c r="Z19" s="44"/>
+      <c r="AA19" s="44"/>
+      <c r="AB19" s="87"/>
+      <c r="AC19" s="89"/>
+      <c r="AD19" s="125"/>
     </row>
     <row r="20" spans="1:30" ht="24" customHeight="1">
       <c r="A20" s="51">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="B20" s="52"/>
       <c r="C20" s="47"/>
       <c r="D20" s="47"/>
       <c r="E20" s="21"/>
       <c r="F20" s="51"/>
       <c r="G20" s="34"/>
-      <c r="H20" s="21"/>
-[...2 lines deleted...]
-      <c r="K20" s="118"/>
+      <c r="H20" s="22"/>
+      <c r="I20" s="39"/>
+      <c r="J20" s="22"/>
+      <c r="K20" s="22"/>
       <c r="L20" s="87"/>
       <c r="M20" s="90"/>
       <c r="N20" s="44"/>
       <c r="O20" s="44"/>
       <c r="P20" s="87"/>
       <c r="Q20" s="89"/>
-      <c r="R20" s="122"/>
-[...11 lines deleted...]
-      <c r="AD20" s="123"/>
+      <c r="R20" s="51"/>
+      <c r="S20" s="34"/>
+      <c r="T20" s="21"/>
+      <c r="U20" s="58"/>
+      <c r="V20" s="21"/>
+      <c r="W20" s="21"/>
+      <c r="X20" s="90"/>
+      <c r="Y20" s="90"/>
+      <c r="Z20" s="21"/>
+      <c r="AA20" s="21"/>
+      <c r="AB20" s="21"/>
+      <c r="AC20" s="90"/>
+      <c r="AD20" s="59"/>
     </row>
     <row r="21" spans="1:30" ht="24" customHeight="1">
       <c r="A21" s="51">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="B21" s="52"/>
       <c r="C21" s="47"/>
       <c r="D21" s="47"/>
       <c r="E21" s="21"/>
       <c r="F21" s="51"/>
       <c r="G21" s="34"/>
-      <c r="H21" s="22"/>
-[...2 lines deleted...]
-      <c r="K21" s="22"/>
+      <c r="H21" s="21"/>
+      <c r="I21" s="58"/>
+      <c r="J21" s="21"/>
+      <c r="K21" s="118"/>
       <c r="L21" s="87"/>
       <c r="M21" s="90"/>
       <c r="N21" s="44"/>
       <c r="O21" s="44"/>
       <c r="P21" s="87"/>
       <c r="Q21" s="89"/>
       <c r="R21" s="122"/>
       <c r="S21" s="121"/>
       <c r="T21" s="119"/>
       <c r="U21" s="119"/>
       <c r="V21" s="119"/>
       <c r="W21" s="119"/>
       <c r="X21" s="120"/>
       <c r="Y21" s="120"/>
       <c r="Z21" s="119"/>
       <c r="AA21" s="119"/>
       <c r="AB21" s="119"/>
       <c r="AC21" s="120"/>
       <c r="AD21" s="123"/>
     </row>
     <row r="22" spans="1:30" ht="24" customHeight="1">
       <c r="A22" s="51">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B22" s="52"/>
       <c r="C22" s="47"/>
       <c r="D22" s="47"/>
       <c r="E22" s="21"/>
       <c r="F22" s="51"/>
       <c r="G22" s="34"/>
       <c r="H22" s="22"/>
       <c r="I22" s="39"/>
       <c r="J22" s="22"/>
       <c r="K22" s="22"/>
       <c r="L22" s="87"/>
       <c r="M22" s="90"/>
       <c r="N22" s="44"/>
       <c r="O22" s="44"/>
       <c r="P22" s="87"/>
       <c r="Q22" s="89"/>
-      <c r="R22" s="51"/>
-[...11 lines deleted...]
-      <c r="AD22" s="59"/>
+      <c r="R22" s="122"/>
+      <c r="S22" s="121"/>
+      <c r="T22" s="119"/>
+      <c r="U22" s="119"/>
+      <c r="V22" s="119"/>
+      <c r="W22" s="119"/>
+      <c r="X22" s="120"/>
+      <c r="Y22" s="120"/>
+      <c r="Z22" s="119"/>
+      <c r="AA22" s="119"/>
+      <c r="AB22" s="119"/>
+      <c r="AC22" s="120"/>
+      <c r="AD22" s="123"/>
     </row>
     <row r="23" spans="1:30" ht="24" customHeight="1">
       <c r="A23" s="51">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="B23" s="52"/>
       <c r="C23" s="47"/>
       <c r="D23" s="47"/>
       <c r="E23" s="21"/>
       <c r="F23" s="51"/>
       <c r="G23" s="34"/>
       <c r="H23" s="22"/>
       <c r="I23" s="39"/>
       <c r="J23" s="22"/>
       <c r="K23" s="22"/>
       <c r="L23" s="87"/>
       <c r="M23" s="90"/>
       <c r="N23" s="44"/>
       <c r="O23" s="44"/>
       <c r="P23" s="87"/>
       <c r="Q23" s="89"/>
       <c r="R23" s="51"/>
       <c r="S23" s="34"/>
       <c r="T23" s="21"/>
       <c r="U23" s="58"/>
       <c r="V23" s="21"/>
       <c r="W23" s="21"/>
       <c r="X23" s="90"/>
       <c r="Y23" s="90"/>
       <c r="Z23" s="21"/>
       <c r="AA23" s="21"/>
       <c r="AB23" s="21"/>
       <c r="AC23" s="90"/>
       <c r="AD23" s="59"/>
     </row>
     <row r="24" spans="1:30" ht="24" customHeight="1">
       <c r="A24" s="51">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B24" s="52"/>
       <c r="C24" s="47"/>
       <c r="D24" s="47"/>
       <c r="E24" s="21"/>
       <c r="F24" s="51"/>
       <c r="G24" s="34"/>
       <c r="H24" s="22"/>
       <c r="I24" s="39"/>
       <c r="J24" s="22"/>
       <c r="K24" s="22"/>
       <c r="L24" s="87"/>
       <c r="M24" s="90"/>
       <c r="N24" s="44"/>
       <c r="O24" s="44"/>
       <c r="P24" s="87"/>
       <c r="Q24" s="89"/>
       <c r="R24" s="51"/>
       <c r="S24" s="34"/>
       <c r="T24" s="21"/>
       <c r="U24" s="58"/>
       <c r="V24" s="21"/>
       <c r="W24" s="21"/>
       <c r="X24" s="90"/>
       <c r="Y24" s="90"/>
       <c r="Z24" s="21"/>
       <c r="AA24" s="21"/>
       <c r="AB24" s="21"/>
       <c r="AC24" s="90"/>
       <c r="AD24" s="59"/>
     </row>
-    <row r="25" spans="1:30" ht="24" customHeight="1" thickBot="1">
+    <row r="25" spans="1:30" ht="24" customHeight="1">
       <c r="A25" s="51">
+        <v>9</v>
+      </c>
+      <c r="B25" s="52"/>
+      <c r="C25" s="47"/>
+      <c r="D25" s="47"/>
+      <c r="E25" s="21"/>
+      <c r="F25" s="51"/>
+      <c r="G25" s="34"/>
+      <c r="H25" s="22"/>
+      <c r="I25" s="39"/>
+      <c r="J25" s="22"/>
+      <c r="K25" s="22"/>
+      <c r="L25" s="87"/>
+      <c r="M25" s="90"/>
+      <c r="N25" s="44"/>
+      <c r="O25" s="44"/>
+      <c r="P25" s="87"/>
+      <c r="Q25" s="89"/>
+      <c r="R25" s="51"/>
+      <c r="S25" s="34"/>
+      <c r="T25" s="21"/>
+      <c r="U25" s="58"/>
+      <c r="V25" s="21"/>
+      <c r="W25" s="21"/>
+      <c r="X25" s="90"/>
+      <c r="Y25" s="90"/>
+      <c r="Z25" s="21"/>
+      <c r="AA25" s="21"/>
+      <c r="AB25" s="21"/>
+      <c r="AC25" s="90"/>
+      <c r="AD25" s="59"/>
+    </row>
+    <row r="26" spans="1:30" ht="24" customHeight="1" thickBot="1">
+      <c r="A26" s="51">
         <v>10</v>
       </c>
-      <c r="B25" s="53"/>
-[...35 lines deleted...]
-      <c r="A27" s="193" t="s">
+      <c r="B26" s="53"/>
+      <c r="C26" s="54"/>
+      <c r="D26" s="54"/>
+      <c r="E26" s="36"/>
+      <c r="F26" s="57"/>
+      <c r="G26" s="35"/>
+      <c r="H26" s="24"/>
+      <c r="I26" s="40"/>
+      <c r="J26" s="24"/>
+      <c r="K26" s="24"/>
+      <c r="L26" s="103"/>
+      <c r="M26" s="94"/>
+      <c r="N26" s="48"/>
+      <c r="O26" s="48"/>
+      <c r="P26" s="103"/>
+      <c r="Q26" s="110"/>
+      <c r="R26" s="57"/>
+      <c r="S26" s="35"/>
+      <c r="T26" s="36"/>
+      <c r="U26" s="60"/>
+      <c r="V26" s="36"/>
+      <c r="W26" s="36"/>
+      <c r="X26" s="94"/>
+      <c r="Y26" s="94"/>
+      <c r="Z26" s="36"/>
+      <c r="AA26" s="36"/>
+      <c r="AB26" s="36"/>
+      <c r="AC26" s="94"/>
+      <c r="AD26" s="61"/>
+    </row>
+    <row r="27" spans="1:30" ht="21" customHeight="1" thickBot="1">
+      <c r="A27" s="25"/>
+      <c r="B27" s="25"/>
+      <c r="AD27" s="26"/>
+    </row>
+    <row r="28" spans="1:30" ht="15.5">
+      <c r="A28" s="193" t="s">
         <v>50</v>
       </c>
-      <c r="B27" s="194"/>
-[...30 lines deleted...]
-      <c r="A28" s="167" t="s">
+      <c r="B28" s="194"/>
+      <c r="C28" s="194"/>
+      <c r="D28" s="194"/>
+      <c r="E28" s="194"/>
+      <c r="F28" s="194"/>
+      <c r="G28" s="194"/>
+      <c r="H28" s="194"/>
+      <c r="I28" s="194"/>
+      <c r="J28" s="194"/>
+      <c r="K28" s="194"/>
+      <c r="L28" s="194"/>
+      <c r="M28" s="194"/>
+      <c r="N28" s="194"/>
+      <c r="O28" s="194"/>
+      <c r="P28" s="194"/>
+      <c r="Q28" s="194"/>
+      <c r="R28" s="194"/>
+      <c r="S28" s="194"/>
+      <c r="T28" s="194"/>
+      <c r="U28" s="194"/>
+      <c r="V28" s="194"/>
+      <c r="W28" s="194"/>
+      <c r="X28" s="194"/>
+      <c r="Y28" s="194"/>
+      <c r="Z28" s="194"/>
+      <c r="AA28" s="194"/>
+      <c r="AB28" s="194"/>
+      <c r="AC28" s="194"/>
+      <c r="AD28" s="195"/>
+    </row>
+    <row r="29" spans="1:30" ht="19.5" customHeight="1">
+      <c r="A29" s="167" t="s">
         <v>51</v>
       </c>
-      <c r="B28" s="168"/>
-[...59 lines deleted...]
-      <c r="AD29" s="163"/>
+      <c r="B29" s="168"/>
+      <c r="C29" s="168"/>
+      <c r="D29" s="168"/>
+      <c r="E29" s="168"/>
+      <c r="F29" s="168"/>
+      <c r="G29" s="168"/>
+      <c r="H29" s="168"/>
+      <c r="I29" s="168"/>
+      <c r="J29" s="168"/>
+      <c r="K29" s="168"/>
+      <c r="L29" s="168"/>
+      <c r="M29" s="168"/>
+      <c r="N29" s="168"/>
+      <c r="O29" s="168"/>
+      <c r="P29" s="168"/>
+      <c r="Q29" s="168"/>
+      <c r="R29" s="168"/>
+      <c r="S29" s="168"/>
+      <c r="T29" s="168"/>
+      <c r="U29" s="168"/>
+      <c r="V29" s="168"/>
+      <c r="W29" s="168"/>
+      <c r="X29" s="168"/>
+      <c r="Y29" s="168"/>
+      <c r="Z29" s="168"/>
+      <c r="AA29" s="168"/>
+      <c r="AB29" s="168"/>
+      <c r="AC29" s="168"/>
+      <c r="AD29" s="169"/>
     </row>
     <row r="30" spans="1:30" ht="19.5" customHeight="1">
-      <c r="A30" s="161"/>
+      <c r="A30" s="196"/>
       <c r="B30" s="162"/>
       <c r="C30" s="162"/>
       <c r="D30" s="162"/>
       <c r="E30" s="162"/>
       <c r="F30" s="162"/>
       <c r="G30" s="162"/>
       <c r="H30" s="162"/>
       <c r="I30" s="162"/>
       <c r="J30" s="162"/>
       <c r="K30" s="162"/>
       <c r="L30" s="162"/>
       <c r="M30" s="162"/>
       <c r="N30" s="162"/>
       <c r="O30" s="162"/>
       <c r="P30" s="162"/>
       <c r="Q30" s="162"/>
       <c r="R30" s="162"/>
       <c r="S30" s="162"/>
       <c r="T30" s="162"/>
       <c r="U30" s="162"/>
       <c r="V30" s="162"/>
       <c r="W30" s="162"/>
       <c r="X30" s="162"/>
       <c r="Y30" s="162"/>
       <c r="Z30" s="162"/>
       <c r="AA30" s="162"/>
       <c r="AB30" s="162"/>
       <c r="AC30" s="162"/>
       <c r="AD30" s="163"/>
     </row>
     <row r="31" spans="1:30" ht="19.5" customHeight="1">
-      <c r="A31" s="164"/>
-[...28 lines deleted...]
-      <c r="AD31" s="166"/>
+      <c r="A31" s="161"/>
+      <c r="B31" s="162"/>
+      <c r="C31" s="162"/>
+      <c r="D31" s="162"/>
+      <c r="E31" s="162"/>
+      <c r="F31" s="162"/>
+      <c r="G31" s="162"/>
+      <c r="H31" s="162"/>
+      <c r="I31" s="162"/>
+      <c r="J31" s="162"/>
+      <c r="K31" s="162"/>
+      <c r="L31" s="162"/>
+      <c r="M31" s="162"/>
+      <c r="N31" s="162"/>
+      <c r="O31" s="162"/>
+      <c r="P31" s="162"/>
+      <c r="Q31" s="162"/>
+      <c r="R31" s="162"/>
+      <c r="S31" s="162"/>
+      <c r="T31" s="162"/>
+      <c r="U31" s="162"/>
+      <c r="V31" s="162"/>
+      <c r="W31" s="162"/>
+      <c r="X31" s="162"/>
+      <c r="Y31" s="162"/>
+      <c r="Z31" s="162"/>
+      <c r="AA31" s="162"/>
+      <c r="AB31" s="162"/>
+      <c r="AC31" s="162"/>
+      <c r="AD31" s="163"/>
     </row>
     <row r="32" spans="1:30" ht="19.5" customHeight="1">
-      <c r="A32" s="167" t="s">
+      <c r="A32" s="164"/>
+      <c r="B32" s="165"/>
+      <c r="C32" s="165"/>
+      <c r="D32" s="165"/>
+      <c r="E32" s="165"/>
+      <c r="F32" s="165"/>
+      <c r="G32" s="165"/>
+      <c r="H32" s="165"/>
+      <c r="I32" s="165"/>
+      <c r="J32" s="165"/>
+      <c r="K32" s="165"/>
+      <c r="L32" s="165"/>
+      <c r="M32" s="165"/>
+      <c r="N32" s="165"/>
+      <c r="O32" s="165"/>
+      <c r="P32" s="165"/>
+      <c r="Q32" s="165"/>
+      <c r="R32" s="165"/>
+      <c r="S32" s="165"/>
+      <c r="T32" s="165"/>
+      <c r="U32" s="165"/>
+      <c r="V32" s="165"/>
+      <c r="W32" s="165"/>
+      <c r="X32" s="165"/>
+      <c r="Y32" s="165"/>
+      <c r="Z32" s="165"/>
+      <c r="AA32" s="165"/>
+      <c r="AB32" s="165"/>
+      <c r="AC32" s="165"/>
+      <c r="AD32" s="166"/>
+    </row>
+    <row r="33" spans="1:30" ht="19.5" customHeight="1">
+      <c r="A33" s="167" t="s">
         <v>52</v>
       </c>
-      <c r="B32" s="168"/>
-[...59 lines deleted...]
-      <c r="AD33" s="163"/>
+      <c r="B33" s="168"/>
+      <c r="C33" s="168"/>
+      <c r="D33" s="168"/>
+      <c r="E33" s="168"/>
+      <c r="F33" s="168"/>
+      <c r="G33" s="168"/>
+      <c r="H33" s="168"/>
+      <c r="I33" s="168"/>
+      <c r="J33" s="168"/>
+      <c r="K33" s="168"/>
+      <c r="L33" s="168"/>
+      <c r="M33" s="168"/>
+      <c r="N33" s="168"/>
+      <c r="O33" s="168"/>
+      <c r="P33" s="168"/>
+      <c r="Q33" s="168"/>
+      <c r="R33" s="168"/>
+      <c r="S33" s="168"/>
+      <c r="T33" s="168"/>
+      <c r="U33" s="168"/>
+      <c r="V33" s="168"/>
+      <c r="W33" s="168"/>
+      <c r="X33" s="168"/>
+      <c r="Y33" s="168"/>
+      <c r="Z33" s="168"/>
+      <c r="AA33" s="168"/>
+      <c r="AB33" s="168"/>
+      <c r="AC33" s="168"/>
+      <c r="AD33" s="169"/>
     </row>
     <row r="34" spans="1:30" ht="19.5" customHeight="1">
       <c r="A34" s="161"/>
       <c r="B34" s="162"/>
       <c r="C34" s="162"/>
       <c r="D34" s="162"/>
       <c r="E34" s="162"/>
       <c r="F34" s="162"/>
       <c r="G34" s="162"/>
       <c r="H34" s="162"/>
       <c r="I34" s="162"/>
       <c r="J34" s="162"/>
       <c r="K34" s="162"/>
       <c r="L34" s="162"/>
       <c r="M34" s="162"/>
       <c r="N34" s="162"/>
       <c r="O34" s="162"/>
       <c r="P34" s="162"/>
       <c r="Q34" s="162"/>
       <c r="R34" s="162"/>
       <c r="S34" s="162"/>
       <c r="T34" s="162"/>
       <c r="U34" s="162"/>
       <c r="V34" s="162"/>
       <c r="W34" s="162"/>
       <c r="X34" s="162"/>
       <c r="Y34" s="162"/>
       <c r="Z34" s="162"/>
       <c r="AA34" s="162"/>
       <c r="AB34" s="162"/>
       <c r="AC34" s="162"/>
       <c r="AD34" s="163"/>
     </row>
     <row r="35" spans="1:30" ht="19.5" customHeight="1">
-      <c r="A35" s="164"/>
-[...28 lines deleted...]
-      <c r="AD35" s="166"/>
+      <c r="A35" s="161"/>
+      <c r="B35" s="162"/>
+      <c r="C35" s="162"/>
+      <c r="D35" s="162"/>
+      <c r="E35" s="162"/>
+      <c r="F35" s="162"/>
+      <c r="G35" s="162"/>
+      <c r="H35" s="162"/>
+      <c r="I35" s="162"/>
+      <c r="J35" s="162"/>
+      <c r="K35" s="162"/>
+      <c r="L35" s="162"/>
+      <c r="M35" s="162"/>
+      <c r="N35" s="162"/>
+      <c r="O35" s="162"/>
+      <c r="P35" s="162"/>
+      <c r="Q35" s="162"/>
+      <c r="R35" s="162"/>
+      <c r="S35" s="162"/>
+      <c r="T35" s="162"/>
+      <c r="U35" s="162"/>
+      <c r="V35" s="162"/>
+      <c r="W35" s="162"/>
+      <c r="X35" s="162"/>
+      <c r="Y35" s="162"/>
+      <c r="Z35" s="162"/>
+      <c r="AA35" s="162"/>
+      <c r="AB35" s="162"/>
+      <c r="AC35" s="162"/>
+      <c r="AD35" s="163"/>
     </row>
     <row r="36" spans="1:30" ht="19.5" customHeight="1">
-      <c r="A36" s="167" t="s">
+      <c r="A36" s="164"/>
+      <c r="B36" s="165"/>
+      <c r="C36" s="165"/>
+      <c r="D36" s="165"/>
+      <c r="E36" s="165"/>
+      <c r="F36" s="165"/>
+      <c r="G36" s="165"/>
+      <c r="H36" s="165"/>
+      <c r="I36" s="165"/>
+      <c r="J36" s="165"/>
+      <c r="K36" s="165"/>
+      <c r="L36" s="165"/>
+      <c r="M36" s="165"/>
+      <c r="N36" s="165"/>
+      <c r="O36" s="165"/>
+      <c r="P36" s="165"/>
+      <c r="Q36" s="165"/>
+      <c r="R36" s="165"/>
+      <c r="S36" s="165"/>
+      <c r="T36" s="165"/>
+      <c r="U36" s="165"/>
+      <c r="V36" s="165"/>
+      <c r="W36" s="165"/>
+      <c r="X36" s="165"/>
+      <c r="Y36" s="165"/>
+      <c r="Z36" s="165"/>
+      <c r="AA36" s="165"/>
+      <c r="AB36" s="165"/>
+      <c r="AC36" s="165"/>
+      <c r="AD36" s="166"/>
+    </row>
+    <row r="37" spans="1:30" ht="19.5" customHeight="1">
+      <c r="A37" s="167" t="s">
         <v>53</v>
       </c>
-      <c r="B36" s="168"/>
-[...59 lines deleted...]
-      <c r="AD37" s="163"/>
+      <c r="B37" s="168"/>
+      <c r="C37" s="168"/>
+      <c r="D37" s="168"/>
+      <c r="E37" s="168"/>
+      <c r="F37" s="168"/>
+      <c r="G37" s="168"/>
+      <c r="H37" s="168"/>
+      <c r="I37" s="168"/>
+      <c r="J37" s="168"/>
+      <c r="K37" s="168"/>
+      <c r="L37" s="168"/>
+      <c r="M37" s="168"/>
+      <c r="N37" s="168"/>
+      <c r="O37" s="168"/>
+      <c r="P37" s="168"/>
+      <c r="Q37" s="168"/>
+      <c r="R37" s="168"/>
+      <c r="S37" s="168"/>
+      <c r="T37" s="168"/>
+      <c r="U37" s="168"/>
+      <c r="V37" s="168"/>
+      <c r="W37" s="168"/>
+      <c r="X37" s="168"/>
+      <c r="Y37" s="168"/>
+      <c r="Z37" s="168"/>
+      <c r="AA37" s="168"/>
+      <c r="AB37" s="168"/>
+      <c r="AC37" s="168"/>
+      <c r="AD37" s="169"/>
     </row>
     <row r="38" spans="1:30" ht="19.5" customHeight="1">
       <c r="A38" s="161"/>
       <c r="B38" s="162"/>
       <c r="C38" s="162"/>
       <c r="D38" s="162"/>
       <c r="E38" s="162"/>
       <c r="F38" s="162"/>
       <c r="G38" s="162"/>
       <c r="H38" s="162"/>
       <c r="I38" s="162"/>
       <c r="J38" s="162"/>
       <c r="K38" s="162"/>
       <c r="L38" s="162"/>
       <c r="M38" s="162"/>
       <c r="N38" s="162"/>
       <c r="O38" s="162"/>
       <c r="P38" s="162"/>
       <c r="Q38" s="162"/>
       <c r="R38" s="162"/>
       <c r="S38" s="162"/>
       <c r="T38" s="162"/>
       <c r="U38" s="162"/>
       <c r="V38" s="162"/>
       <c r="W38" s="162"/>
       <c r="X38" s="162"/>
       <c r="Y38" s="162"/>
       <c r="Z38" s="162"/>
       <c r="AA38" s="162"/>
       <c r="AB38" s="162"/>
       <c r="AC38" s="162"/>
       <c r="AD38" s="163"/>
     </row>
     <row r="39" spans="1:30" ht="19.5" customHeight="1">
-      <c r="A39" s="164"/>
-[...28 lines deleted...]
-      <c r="AD39" s="166"/>
+      <c r="A39" s="161"/>
+      <c r="B39" s="162"/>
+      <c r="C39" s="162"/>
+      <c r="D39" s="162"/>
+      <c r="E39" s="162"/>
+      <c r="F39" s="162"/>
+      <c r="G39" s="162"/>
+      <c r="H39" s="162"/>
+      <c r="I39" s="162"/>
+      <c r="J39" s="162"/>
+      <c r="K39" s="162"/>
+      <c r="L39" s="162"/>
+      <c r="M39" s="162"/>
+      <c r="N39" s="162"/>
+      <c r="O39" s="162"/>
+      <c r="P39" s="162"/>
+      <c r="Q39" s="162"/>
+      <c r="R39" s="162"/>
+      <c r="S39" s="162"/>
+      <c r="T39" s="162"/>
+      <c r="U39" s="162"/>
+      <c r="V39" s="162"/>
+      <c r="W39" s="162"/>
+      <c r="X39" s="162"/>
+      <c r="Y39" s="162"/>
+      <c r="Z39" s="162"/>
+      <c r="AA39" s="162"/>
+      <c r="AB39" s="162"/>
+      <c r="AC39" s="162"/>
+      <c r="AD39" s="163"/>
     </row>
     <row r="40" spans="1:30" ht="19.5" customHeight="1">
-      <c r="A40" s="167" t="s">
+      <c r="A40" s="164"/>
+      <c r="B40" s="165"/>
+      <c r="C40" s="165"/>
+      <c r="D40" s="165"/>
+      <c r="E40" s="165"/>
+      <c r="F40" s="165"/>
+      <c r="G40" s="165"/>
+      <c r="H40" s="165"/>
+      <c r="I40" s="165"/>
+      <c r="J40" s="165"/>
+      <c r="K40" s="165"/>
+      <c r="L40" s="165"/>
+      <c r="M40" s="165"/>
+      <c r="N40" s="165"/>
+      <c r="O40" s="165"/>
+      <c r="P40" s="165"/>
+      <c r="Q40" s="165"/>
+      <c r="R40" s="165"/>
+      <c r="S40" s="165"/>
+      <c r="T40" s="165"/>
+      <c r="U40" s="165"/>
+      <c r="V40" s="165"/>
+      <c r="W40" s="165"/>
+      <c r="X40" s="165"/>
+      <c r="Y40" s="165"/>
+      <c r="Z40" s="165"/>
+      <c r="AA40" s="165"/>
+      <c r="AB40" s="165"/>
+      <c r="AC40" s="165"/>
+      <c r="AD40" s="166"/>
+    </row>
+    <row r="41" spans="1:30" ht="19.5" customHeight="1">
+      <c r="A41" s="167" t="s">
         <v>54</v>
       </c>
-      <c r="B40" s="168"/>
-[...59 lines deleted...]
-      <c r="AD41" s="163"/>
+      <c r="B41" s="168"/>
+      <c r="C41" s="168"/>
+      <c r="D41" s="168"/>
+      <c r="E41" s="168"/>
+      <c r="F41" s="168"/>
+      <c r="G41" s="168"/>
+      <c r="H41" s="168"/>
+      <c r="I41" s="168"/>
+      <c r="J41" s="168"/>
+      <c r="K41" s="168"/>
+      <c r="L41" s="168"/>
+      <c r="M41" s="168"/>
+      <c r="N41" s="168"/>
+      <c r="O41" s="168"/>
+      <c r="P41" s="168"/>
+      <c r="Q41" s="168"/>
+      <c r="R41" s="168"/>
+      <c r="S41" s="168"/>
+      <c r="T41" s="168"/>
+      <c r="U41" s="168"/>
+      <c r="V41" s="168"/>
+      <c r="W41" s="168"/>
+      <c r="X41" s="168"/>
+      <c r="Y41" s="168"/>
+      <c r="Z41" s="168"/>
+      <c r="AA41" s="168"/>
+      <c r="AB41" s="168"/>
+      <c r="AC41" s="168"/>
+      <c r="AD41" s="169"/>
     </row>
     <row r="42" spans="1:30" ht="19.5" customHeight="1">
-      <c r="A42" s="164"/>
-[...95 lines deleted...]
-      <c r="A45" s="188" t="s">
+      <c r="A42" s="161"/>
+      <c r="B42" s="162"/>
+      <c r="C42" s="162"/>
+      <c r="D42" s="162"/>
+      <c r="E42" s="162"/>
+      <c r="F42" s="162"/>
+      <c r="G42" s="162"/>
+      <c r="H42" s="162"/>
+      <c r="I42" s="162"/>
+      <c r="J42" s="162"/>
+      <c r="K42" s="162"/>
+      <c r="L42" s="162"/>
+      <c r="M42" s="162"/>
+      <c r="N42" s="162"/>
+      <c r="O42" s="162"/>
+      <c r="P42" s="162"/>
+      <c r="Q42" s="162"/>
+      <c r="R42" s="162"/>
+      <c r="S42" s="162"/>
+      <c r="T42" s="162"/>
+      <c r="U42" s="162"/>
+      <c r="V42" s="162"/>
+      <c r="W42" s="162"/>
+      <c r="X42" s="162"/>
+      <c r="Y42" s="162"/>
+      <c r="Z42" s="162"/>
+      <c r="AA42" s="162"/>
+      <c r="AB42" s="162"/>
+      <c r="AC42" s="162"/>
+      <c r="AD42" s="163"/>
+    </row>
+    <row r="43" spans="1:30" ht="19.5" customHeight="1">
+      <c r="A43" s="164"/>
+      <c r="B43" s="165"/>
+      <c r="C43" s="165"/>
+      <c r="D43" s="165"/>
+      <c r="E43" s="165"/>
+      <c r="F43" s="165"/>
+      <c r="G43" s="165"/>
+      <c r="H43" s="165"/>
+      <c r="I43" s="165"/>
+      <c r="J43" s="165"/>
+      <c r="K43" s="165"/>
+      <c r="L43" s="165"/>
+      <c r="M43" s="165"/>
+      <c r="N43" s="165"/>
+      <c r="O43" s="165"/>
+      <c r="P43" s="165"/>
+      <c r="Q43" s="165"/>
+      <c r="R43" s="165"/>
+      <c r="S43" s="165"/>
+      <c r="T43" s="165"/>
+      <c r="U43" s="165"/>
+      <c r="V43" s="165"/>
+      <c r="W43" s="165"/>
+      <c r="X43" s="165"/>
+      <c r="Y43" s="165"/>
+      <c r="Z43" s="165"/>
+      <c r="AA43" s="165"/>
+      <c r="AB43" s="165"/>
+      <c r="AC43" s="165"/>
+      <c r="AD43" s="166"/>
+    </row>
+    <row r="44" spans="1:30" ht="19.5" customHeight="1" thickBot="1">
+      <c r="A44" s="191"/>
+      <c r="B44" s="192"/>
+      <c r="C44" s="192"/>
+      <c r="D44" s="192"/>
+      <c r="E44" s="192"/>
+      <c r="F44" s="192"/>
+      <c r="G44" s="192"/>
+      <c r="H44" s="192"/>
+      <c r="I44" s="192"/>
+      <c r="J44" s="192"/>
+      <c r="K44" s="192"/>
+      <c r="L44" s="192"/>
+      <c r="M44" s="192"/>
+      <c r="N44" s="192"/>
+      <c r="O44" s="192"/>
+      <c r="P44" s="192"/>
+      <c r="Q44" s="192"/>
+      <c r="R44" s="192"/>
+      <c r="S44" s="192"/>
+      <c r="T44" s="192"/>
+      <c r="U44" s="192"/>
+      <c r="V44" s="192"/>
+      <c r="W44" s="192"/>
+      <c r="X44" s="192"/>
+      <c r="Y44" s="192"/>
+      <c r="Z44" s="192"/>
+      <c r="AA44" s="192"/>
+      <c r="AB44" s="192"/>
+      <c r="AC44" s="192"/>
+      <c r="AD44" s="192"/>
+    </row>
+    <row r="45" spans="1:30" ht="7.5" customHeight="1">
+      <c r="A45" s="25"/>
+      <c r="B45" s="25"/>
+      <c r="C45" s="25"/>
+      <c r="D45" s="25"/>
+      <c r="E45" s="25"/>
+      <c r="F45" s="25"/>
+      <c r="G45" s="25"/>
+      <c r="H45" s="25"/>
+      <c r="I45" s="25"/>
+      <c r="J45" s="25"/>
+      <c r="K45" s="25"/>
+      <c r="L45" s="104"/>
+      <c r="M45" s="93"/>
+      <c r="N45" s="25"/>
+      <c r="O45" s="25"/>
+      <c r="P45" s="93"/>
+      <c r="Q45" s="93"/>
+      <c r="R45" s="25"/>
+      <c r="S45" s="25"/>
+      <c r="T45" s="25"/>
+      <c r="U45" s="25"/>
+      <c r="V45" s="25"/>
+      <c r="W45" s="25"/>
+      <c r="X45" s="93"/>
+      <c r="Y45" s="93"/>
+      <c r="Z45" s="25"/>
+      <c r="AA45" s="25"/>
+      <c r="AB45" s="25"/>
+      <c r="AC45" s="93"/>
+      <c r="AD45" s="25"/>
+    </row>
+    <row r="46" spans="1:30" ht="15.5">
+      <c r="A46" s="188" t="s">
         <v>55</v>
       </c>
-      <c r="B45" s="189"/>
-[...76 lines deleted...]
-      <c r="A48" s="78" t="s">
+      <c r="B46" s="189"/>
+      <c r="C46" s="189"/>
+      <c r="D46" s="189"/>
+      <c r="E46" s="189"/>
+      <c r="F46" s="189"/>
+      <c r="G46" s="189"/>
+      <c r="H46" s="189"/>
+      <c r="I46" s="189"/>
+      <c r="J46" s="189"/>
+      <c r="K46" s="189"/>
+      <c r="L46" s="189"/>
+      <c r="M46" s="189"/>
+      <c r="N46" s="189"/>
+      <c r="O46" s="189"/>
+      <c r="P46" s="189"/>
+      <c r="Q46" s="189"/>
+      <c r="R46" s="189"/>
+      <c r="S46" s="189"/>
+      <c r="T46" s="189"/>
+      <c r="U46" s="189"/>
+      <c r="V46" s="189"/>
+      <c r="W46" s="189"/>
+      <c r="X46" s="189"/>
+      <c r="Y46" s="189"/>
+      <c r="Z46" s="189"/>
+      <c r="AA46" s="189"/>
+      <c r="AB46" s="189"/>
+      <c r="AC46" s="189"/>
+      <c r="AD46" s="189"/>
+    </row>
+    <row r="47" spans="1:30" ht="15.5">
+      <c r="A47" s="190"/>
+      <c r="B47" s="190"/>
+      <c r="C47" s="190"/>
+      <c r="D47" s="190"/>
+      <c r="E47" s="190"/>
+      <c r="F47" s="190"/>
+      <c r="G47" s="190"/>
+      <c r="H47" s="190"/>
+      <c r="I47" s="190"/>
+      <c r="J47" s="190"/>
+      <c r="K47" s="190"/>
+      <c r="L47" s="190"/>
+      <c r="M47" s="190"/>
+      <c r="N47" s="190"/>
+      <c r="O47" s="190"/>
+      <c r="P47" s="190"/>
+      <c r="Q47" s="190"/>
+      <c r="R47" s="190"/>
+      <c r="S47" s="190"/>
+      <c r="T47" s="190"/>
+      <c r="U47" s="190"/>
+      <c r="V47" s="190"/>
+      <c r="W47" s="190"/>
+      <c r="X47" s="190"/>
+      <c r="Y47" s="190"/>
+      <c r="Z47" s="190"/>
+      <c r="AA47" s="190"/>
+      <c r="AB47" s="190"/>
+      <c r="AC47" s="190"/>
+      <c r="AD47" s="190"/>
+    </row>
+    <row r="48" spans="1:30" ht="14.5" thickBot="1">
+      <c r="A48" s="27"/>
+      <c r="B48" s="27"/>
+      <c r="C48" s="27"/>
+      <c r="D48" s="27"/>
+      <c r="E48" s="27"/>
+      <c r="F48" s="27"/>
+      <c r="G48" s="28"/>
+      <c r="H48" s="28"/>
+      <c r="I48" s="28"/>
+      <c r="J48" s="28"/>
+      <c r="K48" s="28"/>
+      <c r="L48" s="96"/>
+    </row>
+    <row r="49" spans="1:30" ht="15.5">
+      <c r="A49" s="78" t="s">
         <v>56</v>
       </c>
-      <c r="B48" s="79"/>
-[...33 lines deleted...]
-      <c r="H49" s="67" t="s">
+      <c r="B49" s="79"/>
+      <c r="C49" s="79"/>
+      <c r="D49" s="50"/>
+      <c r="E49" s="50"/>
+      <c r="F49" s="73"/>
+      <c r="H49" s="29"/>
+      <c r="I49" s="20"/>
+      <c r="J49" s="20"/>
+      <c r="K49" s="20"/>
+      <c r="L49" s="105"/>
+      <c r="M49" s="106"/>
+      <c r="N49" s="30"/>
+      <c r="O49" s="1"/>
+      <c r="P49" s="111"/>
+      <c r="Q49" s="95"/>
+      <c r="R49" s="1"/>
+      <c r="S49" s="1"/>
+      <c r="T49" s="1"/>
+      <c r="V49" s="1"/>
+      <c r="W49" s="1"/>
+      <c r="X49" s="95"/>
+      <c r="Y49" s="95"/>
+      <c r="Z49" s="1"/>
+      <c r="AA49" s="1"/>
+      <c r="AB49" s="1"/>
+      <c r="AC49" s="95"/>
+    </row>
+    <row r="50" spans="1:30" ht="15.75" customHeight="1" thickBot="1">
+      <c r="A50" s="74"/>
+      <c r="B50" s="75"/>
+      <c r="C50" s="76"/>
+      <c r="D50" s="76"/>
+      <c r="E50" s="76"/>
+      <c r="F50" s="77"/>
+      <c r="H50" s="67" t="s">
         <v>57</v>
       </c>
-      <c r="I49" s="66"/>
-[...5 lines deleted...]
-      <c r="P49" s="112" t="s">
+      <c r="I50" s="66"/>
+      <c r="J50" s="66"/>
+      <c r="K50" s="66"/>
+      <c r="L50" s="107"/>
+      <c r="N50" s="25"/>
+      <c r="O50" s="25"/>
+      <c r="P50" s="112" t="s">
         <v>58</v>
       </c>
-      <c r="Q49" s="93"/>
-[...41 lines deleted...]
-      <c r="A51" s="170" t="s">
+      <c r="Q50" s="93"/>
+      <c r="R50" s="25"/>
+      <c r="S50" s="25"/>
+      <c r="T50" s="25"/>
+      <c r="V50" s="25"/>
+      <c r="W50" s="25"/>
+      <c r="X50" s="93"/>
+      <c r="Y50" s="93"/>
+      <c r="Z50" s="25"/>
+      <c r="AA50" s="25"/>
+      <c r="AB50" s="25"/>
+      <c r="AC50" s="93"/>
+      <c r="AD50" s="25"/>
+    </row>
+    <row r="51" spans="1:30" ht="19.399999999999999" customHeight="1" thickBot="1">
+      <c r="A51" s="25"/>
+      <c r="B51" s="25"/>
+      <c r="C51" s="25"/>
+      <c r="D51" s="25"/>
+      <c r="E51" s="25"/>
+      <c r="H51" s="25"/>
+      <c r="I51" s="28"/>
+      <c r="J51" s="28"/>
+      <c r="K51" s="28"/>
+      <c r="M51" s="96"/>
+      <c r="N51" s="28"/>
+      <c r="O51" s="28"/>
+      <c r="P51" s="96"/>
+      <c r="Q51" s="96"/>
+      <c r="R51" s="28"/>
+      <c r="S51" s="28"/>
+      <c r="T51" s="28"/>
+      <c r="V51" s="28"/>
+      <c r="W51" s="28"/>
+      <c r="X51" s="96"/>
+      <c r="Y51" s="96"/>
+      <c r="Z51" s="28"/>
+      <c r="AA51" s="28"/>
+      <c r="AB51" s="28"/>
+      <c r="AC51" s="96"/>
+    </row>
+    <row r="52" spans="1:30" ht="15.75" customHeight="1">
+      <c r="A52" s="170" t="s">
         <v>59</v>
       </c>
-      <c r="B51" s="171"/>
-[...33 lines deleted...]
-      <c r="H52" s="67" t="s">
+      <c r="B52" s="171"/>
+      <c r="C52" s="171"/>
+      <c r="D52" s="171"/>
+      <c r="E52" s="171"/>
+      <c r="F52" s="172"/>
+      <c r="H52" s="29"/>
+      <c r="I52" s="20"/>
+      <c r="J52" s="20"/>
+      <c r="K52" s="20"/>
+      <c r="L52" s="105"/>
+      <c r="M52" s="106"/>
+      <c r="N52" s="30"/>
+      <c r="O52" s="1"/>
+      <c r="P52" s="111"/>
+      <c r="Q52" s="95"/>
+      <c r="R52" s="1"/>
+      <c r="S52" s="1"/>
+      <c r="T52" s="1"/>
+      <c r="V52" s="1"/>
+      <c r="W52" s="1"/>
+      <c r="X52" s="95"/>
+      <c r="Y52" s="95"/>
+      <c r="Z52" s="1"/>
+      <c r="AA52" s="1"/>
+      <c r="AB52" s="1"/>
+      <c r="AC52" s="95"/>
+    </row>
+    <row r="53" spans="1:30" ht="13" customHeight="1" thickBot="1">
+      <c r="A53" s="173"/>
+      <c r="B53" s="174"/>
+      <c r="C53" s="174"/>
+      <c r="D53" s="174"/>
+      <c r="E53" s="174"/>
+      <c r="F53" s="175"/>
+      <c r="H53" s="67" t="s">
         <v>57</v>
       </c>
-      <c r="I52" s="67"/>
-[...6 lines deleted...]
-      <c r="P52" s="112" t="s">
+      <c r="I53" s="67"/>
+      <c r="J53" s="67"/>
+      <c r="K53" s="67"/>
+      <c r="L53" s="108"/>
+      <c r="M53" s="108"/>
+      <c r="N53" s="25"/>
+      <c r="O53" s="25"/>
+      <c r="P53" s="112" t="s">
         <v>58</v>
       </c>
-      <c r="Q52" s="93"/>
-[...40 lines deleted...]
-    <row r="54" spans="1:30" ht="11.45" customHeight="1" thickBot="1">
+      <c r="Q53" s="93"/>
+      <c r="R53" s="25"/>
+      <c r="S53" s="25"/>
+      <c r="T53" s="25"/>
+      <c r="V53" s="25"/>
+      <c r="W53" s="25"/>
+      <c r="X53" s="93"/>
+      <c r="Y53" s="93"/>
+      <c r="Z53" s="25"/>
+      <c r="AA53" s="25"/>
+      <c r="AB53" s="25"/>
+      <c r="AC53" s="93"/>
+      <c r="AD53" s="25"/>
+    </row>
+    <row r="54" spans="1:30" ht="12.75" customHeight="1">
       <c r="A54" s="25"/>
       <c r="B54" s="25"/>
       <c r="C54" s="25"/>
       <c r="D54" s="25"/>
       <c r="E54" s="25"/>
       <c r="H54" s="25"/>
       <c r="I54" s="28"/>
       <c r="J54" s="28"/>
       <c r="K54" s="28"/>
       <c r="M54" s="96"/>
-      <c r="N54" s="62"/>
-[...17 lines deleted...]
-      <c r="A55" s="170" t="s">
+      <c r="N54" s="28"/>
+      <c r="O54" s="28"/>
+      <c r="P54" s="96"/>
+      <c r="Q54" s="96"/>
+      <c r="R54" s="28"/>
+      <c r="S54" s="28"/>
+      <c r="T54" s="28"/>
+      <c r="V54" s="28"/>
+      <c r="W54" s="28"/>
+      <c r="X54" s="96"/>
+      <c r="Y54" s="96"/>
+      <c r="Z54" s="28"/>
+      <c r="AA54" s="28"/>
+      <c r="AB54" s="28"/>
+      <c r="AC54" s="96"/>
+    </row>
+    <row r="55" spans="1:30" ht="11.5" customHeight="1" thickBot="1">
+      <c r="A55" s="25"/>
+      <c r="B55" s="25"/>
+      <c r="C55" s="25"/>
+      <c r="D55" s="25"/>
+      <c r="E55" s="25"/>
+      <c r="H55" s="25"/>
+      <c r="I55" s="28"/>
+      <c r="J55" s="28"/>
+      <c r="K55" s="28"/>
+      <c r="M55" s="96"/>
+      <c r="N55" s="62"/>
+      <c r="O55" s="62"/>
+      <c r="P55" s="97"/>
+      <c r="Q55" s="97"/>
+      <c r="R55" s="62"/>
+      <c r="S55" s="62"/>
+      <c r="T55" s="62"/>
+      <c r="V55" s="62"/>
+      <c r="W55" s="62"/>
+      <c r="X55" s="97"/>
+      <c r="Y55" s="97"/>
+      <c r="Z55" s="62"/>
+      <c r="AA55" s="62"/>
+      <c r="AB55" s="62"/>
+      <c r="AC55" s="97"/>
+      <c r="AD55" s="55"/>
+    </row>
+    <row r="56" spans="1:30" ht="15" customHeight="1">
+      <c r="A56" s="170" t="s">
         <v>60</v>
       </c>
-      <c r="B55" s="171"/>
-[...34 lines deleted...]
-      <c r="H56" s="67" t="s">
+      <c r="B56" s="171"/>
+      <c r="C56" s="171"/>
+      <c r="D56" s="171"/>
+      <c r="E56" s="171"/>
+      <c r="F56" s="172"/>
+      <c r="H56" s="29"/>
+      <c r="I56" s="20"/>
+      <c r="J56" s="20"/>
+      <c r="K56" s="20"/>
+      <c r="L56" s="105"/>
+      <c r="M56" s="106"/>
+      <c r="N56" s="63"/>
+      <c r="O56" s="55"/>
+      <c r="P56" s="113"/>
+      <c r="Q56" s="98"/>
+      <c r="R56" s="55"/>
+      <c r="S56" s="55"/>
+      <c r="T56" s="55"/>
+      <c r="V56" s="55"/>
+      <c r="W56" s="55"/>
+      <c r="X56" s="98"/>
+      <c r="Y56" s="98"/>
+      <c r="Z56" s="55"/>
+      <c r="AA56" s="55"/>
+      <c r="AB56" s="55"/>
+      <c r="AC56" s="98"/>
+      <c r="AD56" s="55"/>
+    </row>
+    <row r="57" spans="1:30" ht="17.25" customHeight="1" thickBot="1">
+      <c r="A57" s="173"/>
+      <c r="B57" s="174"/>
+      <c r="C57" s="174"/>
+      <c r="D57" s="174"/>
+      <c r="E57" s="174"/>
+      <c r="F57" s="175"/>
+      <c r="H57" s="67" t="s">
         <v>57</v>
       </c>
-      <c r="I56" s="67"/>
-[...5 lines deleted...]
-      <c r="P56" s="112" t="s">
+      <c r="I57" s="67"/>
+      <c r="J57" s="67"/>
+      <c r="K57" s="67"/>
+      <c r="L57" s="108"/>
+      <c r="N57" s="25"/>
+      <c r="O57" s="25"/>
+      <c r="P57" s="112" t="s">
         <v>58</v>
       </c>
-      <c r="Q56" s="93"/>
-[...35 lines deleted...]
-      <c r="A58" s="149" t="s">
+      <c r="Q57" s="93"/>
+      <c r="R57" s="25"/>
+      <c r="S57" s="25"/>
+      <c r="T57" s="25"/>
+      <c r="V57" s="25"/>
+      <c r="W57" s="25"/>
+      <c r="X57" s="93"/>
+      <c r="Y57" s="93"/>
+      <c r="Z57" s="25"/>
+      <c r="AA57" s="25"/>
+      <c r="AB57" s="25"/>
+      <c r="AC57" s="93"/>
+      <c r="AD57" s="25"/>
+    </row>
+    <row r="58" spans="1:30" ht="17.25" customHeight="1" thickBot="1">
+      <c r="A58" s="25"/>
+      <c r="B58" s="25"/>
+      <c r="C58" s="25"/>
+      <c r="D58" s="25"/>
+      <c r="E58" s="27"/>
+      <c r="H58" s="27"/>
+      <c r="O58" s="28"/>
+      <c r="Q58" s="96"/>
+      <c r="R58" s="28"/>
+      <c r="S58" s="28"/>
+      <c r="T58" s="28"/>
+      <c r="V58" s="28"/>
+      <c r="W58" s="28"/>
+      <c r="X58" s="96"/>
+      <c r="Y58" s="96"/>
+      <c r="Z58" s="28"/>
+      <c r="AA58" s="28"/>
+      <c r="AB58" s="28"/>
+      <c r="AC58" s="96"/>
+    </row>
+    <row r="59" spans="1:30" ht="18.649999999999999" customHeight="1">
+      <c r="A59" s="149" t="s">
         <v>61</v>
       </c>
-      <c r="B58" s="150"/>
-[...34 lines deleted...]
-      <c r="H59" s="67" t="s">
+      <c r="B59" s="150"/>
+      <c r="C59" s="150"/>
+      <c r="D59" s="150"/>
+      <c r="E59" s="150"/>
+      <c r="F59" s="151"/>
+      <c r="H59" s="20"/>
+      <c r="I59" s="20"/>
+      <c r="J59" s="20"/>
+      <c r="K59" s="19"/>
+      <c r="L59" s="105"/>
+      <c r="M59" s="106"/>
+      <c r="N59" s="19"/>
+      <c r="O59" s="64"/>
+      <c r="P59" s="114"/>
+      <c r="Q59" s="99"/>
+      <c r="R59" s="64"/>
+      <c r="S59" s="64"/>
+      <c r="T59" s="64"/>
+      <c r="V59" s="64"/>
+      <c r="W59" s="64"/>
+      <c r="X59" s="99"/>
+      <c r="Y59" s="99"/>
+      <c r="Z59" s="64"/>
+      <c r="AA59" s="64"/>
+      <c r="AB59" s="64"/>
+      <c r="AC59" s="99"/>
+      <c r="AD59" s="65"/>
+    </row>
+    <row r="60" spans="1:30" ht="16.5" customHeight="1" thickBot="1">
+      <c r="A60" s="152"/>
+      <c r="B60" s="153"/>
+      <c r="C60" s="153"/>
+      <c r="D60" s="153"/>
+      <c r="E60" s="153"/>
+      <c r="F60" s="154"/>
+      <c r="H60" s="67" t="s">
         <v>57</v>
       </c>
-      <c r="I59" s="67"/>
-[...3 lines deleted...]
-      <c r="P59" s="112" t="s">
+      <c r="I60" s="67"/>
+      <c r="J60" s="67"/>
+      <c r="L60" s="96"/>
+      <c r="O60" s="25"/>
+      <c r="P60" s="112" t="s">
         <v>58</v>
       </c>
-      <c r="Q59" s="93"/>
-[...46 lines deleted...]
-      <c r="A61" s="185" t="s">
+      <c r="Q60" s="93"/>
+      <c r="R60" s="25"/>
+      <c r="S60" s="25"/>
+      <c r="T60" s="25"/>
+      <c r="V60" s="25"/>
+      <c r="W60" s="25"/>
+      <c r="X60" s="93"/>
+      <c r="Y60" s="93"/>
+      <c r="Z60" s="25"/>
+      <c r="AA60" s="25"/>
+      <c r="AB60" s="25"/>
+      <c r="AC60" s="93"/>
+      <c r="AD60" s="25"/>
+    </row>
+    <row r="61" spans="1:30" ht="19.5" customHeight="1" thickBot="1">
+      <c r="A61" s="25"/>
+      <c r="B61" s="31"/>
+      <c r="C61" s="32"/>
+      <c r="D61" s="32"/>
+      <c r="E61" s="32"/>
+      <c r="F61" s="32"/>
+      <c r="G61" s="31"/>
+      <c r="H61" s="31"/>
+      <c r="I61" s="31"/>
+      <c r="J61" s="31"/>
+      <c r="K61" s="32"/>
+      <c r="L61" s="109"/>
+      <c r="M61" s="100"/>
+      <c r="N61" s="33"/>
+      <c r="O61" s="33"/>
+      <c r="P61" s="100"/>
+      <c r="Q61" s="100"/>
+      <c r="R61" s="33"/>
+      <c r="S61" s="33"/>
+      <c r="T61" s="33"/>
+      <c r="U61" s="33"/>
+      <c r="V61" s="33"/>
+      <c r="W61" s="33"/>
+      <c r="X61" s="100"/>
+      <c r="Y61" s="100"/>
+      <c r="Z61" s="33"/>
+      <c r="AA61" s="33"/>
+      <c r="AB61" s="33"/>
+      <c r="AC61" s="100"/>
+      <c r="AD61" s="33"/>
+    </row>
+    <row r="62" spans="1:30" ht="20.149999999999999" customHeight="1" thickBot="1">
+      <c r="A62" s="185" t="s">
         <v>62</v>
       </c>
-      <c r="B61" s="186"/>
-[...30 lines deleted...]
-      <c r="A62" s="179" t="s">
+      <c r="B62" s="186"/>
+      <c r="C62" s="186"/>
+      <c r="D62" s="186"/>
+      <c r="E62" s="186"/>
+      <c r="F62" s="186"/>
+      <c r="G62" s="186"/>
+      <c r="H62" s="186"/>
+      <c r="I62" s="186"/>
+      <c r="J62" s="186"/>
+      <c r="K62" s="186"/>
+      <c r="L62" s="186"/>
+      <c r="M62" s="186"/>
+      <c r="N62" s="186"/>
+      <c r="O62" s="186"/>
+      <c r="P62" s="186"/>
+      <c r="Q62" s="186"/>
+      <c r="R62" s="186"/>
+      <c r="S62" s="186"/>
+      <c r="T62" s="186"/>
+      <c r="U62" s="186"/>
+      <c r="V62" s="186"/>
+      <c r="W62" s="186"/>
+      <c r="X62" s="186"/>
+      <c r="Y62" s="186"/>
+      <c r="Z62" s="186"/>
+      <c r="AA62" s="186"/>
+      <c r="AB62" s="186"/>
+      <c r="AC62" s="186"/>
+      <c r="AD62" s="187"/>
+    </row>
+    <row r="63" spans="1:30" ht="18" customHeight="1">
+      <c r="A63" s="179" t="s">
         <v>63</v>
       </c>
-      <c r="B62" s="180"/>
-[...31 lines deleted...]
-      <c r="B63" s="6" t="s">
+      <c r="B63" s="180"/>
+      <c r="C63" s="180"/>
+      <c r="D63" s="180"/>
+      <c r="E63" s="180"/>
+      <c r="F63" s="180"/>
+      <c r="G63" s="180"/>
+      <c r="H63" s="180"/>
+      <c r="I63" s="180"/>
+      <c r="J63" s="180"/>
+      <c r="K63" s="180"/>
+      <c r="L63" s="180"/>
+      <c r="M63" s="180"/>
+      <c r="N63" s="180"/>
+      <c r="O63" s="180"/>
+      <c r="P63" s="180"/>
+      <c r="Q63" s="180"/>
+      <c r="R63" s="180"/>
+      <c r="S63" s="180"/>
+      <c r="T63" s="180"/>
+      <c r="U63" s="180"/>
+      <c r="V63" s="180"/>
+      <c r="W63" s="180"/>
+      <c r="X63" s="180"/>
+      <c r="Y63" s="180"/>
+      <c r="Z63" s="180"/>
+      <c r="AA63" s="180"/>
+      <c r="AB63" s="180"/>
+      <c r="AC63" s="180"/>
+      <c r="AD63" s="180"/>
+    </row>
+    <row r="64" spans="1:30" ht="12.75" customHeight="1">
+      <c r="A64" s="7"/>
+      <c r="B64" s="6" t="s">
         <v>64</v>
-      </c>
-[...32 lines deleted...]
-        <v>65</v>
       </c>
       <c r="C64" s="3"/>
       <c r="D64" s="3"/>
-      <c r="E64" s="9"/>
+      <c r="E64" s="8"/>
       <c r="F64" s="3"/>
       <c r="G64" s="3"/>
-      <c r="H64" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H64" s="3"/>
       <c r="I64" s="3"/>
-      <c r="J64" s="8"/>
-      <c r="K64" s="8"/>
+      <c r="J64" s="3"/>
+      <c r="K64" s="3"/>
       <c r="L64" s="101"/>
       <c r="M64" s="101"/>
       <c r="N64" s="3"/>
       <c r="O64" s="3"/>
-      <c r="P64" s="115" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P64" s="101"/>
       <c r="Q64" s="101"/>
       <c r="R64" s="3"/>
       <c r="S64" s="3"/>
       <c r="T64" s="3"/>
       <c r="U64" s="3"/>
       <c r="V64" s="3"/>
       <c r="W64" s="3"/>
       <c r="X64" s="101"/>
       <c r="Y64" s="101"/>
       <c r="Z64" s="3"/>
       <c r="AA64" s="3"/>
       <c r="AB64" s="3"/>
       <c r="AC64" s="101"/>
       <c r="AD64" s="3"/>
     </row>
     <row r="65" spans="1:30" ht="24" customHeight="1">
       <c r="A65" s="2"/>
       <c r="B65" s="6" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="C65" s="3"/>
       <c r="D65" s="3"/>
       <c r="E65" s="9"/>
       <c r="F65" s="3"/>
       <c r="G65" s="3"/>
       <c r="H65" s="6" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="I65" s="3"/>
-      <c r="J65" s="9"/>
-      <c r="K65" s="9"/>
+      <c r="J65" s="8"/>
+      <c r="K65" s="8"/>
       <c r="L65" s="101"/>
       <c r="M65" s="101"/>
       <c r="N65" s="3"/>
       <c r="O65" s="3"/>
-      <c r="P65" s="116"/>
+      <c r="P65" s="115" t="s">
+        <v>67</v>
+      </c>
       <c r="Q65" s="101"/>
       <c r="R65" s="3"/>
       <c r="S65" s="3"/>
       <c r="T65" s="3"/>
       <c r="U65" s="3"/>
       <c r="V65" s="3"/>
       <c r="W65" s="3"/>
       <c r="X65" s="101"/>
       <c r="Y65" s="101"/>
       <c r="Z65" s="3"/>
       <c r="AA65" s="3"/>
       <c r="AB65" s="3"/>
       <c r="AC65" s="101"/>
       <c r="AD65" s="3"/>
     </row>
-    <row r="66" spans="1:30" ht="20.25" customHeight="1" thickBot="1">
-[...31 lines deleted...]
-    <row r="67" spans="1:30" ht="24" customHeight="1"/>
+    <row r="66" spans="1:30" ht="24" customHeight="1">
+      <c r="A66" s="2"/>
+      <c r="B66" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="C66" s="3"/>
+      <c r="D66" s="3"/>
+      <c r="E66" s="9"/>
+      <c r="F66" s="3"/>
+      <c r="G66" s="3"/>
+      <c r="H66" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="I66" s="3"/>
+      <c r="J66" s="9"/>
+      <c r="K66" s="9"/>
+      <c r="L66" s="101"/>
+      <c r="M66" s="101"/>
+      <c r="N66" s="3"/>
+      <c r="O66" s="3"/>
+      <c r="P66" s="116"/>
+      <c r="Q66" s="101"/>
+      <c r="R66" s="3"/>
+      <c r="S66" s="3"/>
+      <c r="T66" s="3"/>
+      <c r="U66" s="3"/>
+      <c r="V66" s="3"/>
+      <c r="W66" s="3"/>
+      <c r="X66" s="101"/>
+      <c r="Y66" s="101"/>
+      <c r="Z66" s="3"/>
+      <c r="AA66" s="3"/>
+      <c r="AB66" s="3"/>
+      <c r="AC66" s="101"/>
+      <c r="AD66" s="3"/>
+    </row>
+    <row r="67" spans="1:30" ht="20.25" customHeight="1" thickBot="1">
+      <c r="A67" s="4"/>
+      <c r="B67" s="5"/>
+      <c r="C67" s="5"/>
+      <c r="D67" s="5"/>
+      <c r="E67" s="5"/>
+      <c r="F67" s="5"/>
+      <c r="G67" s="5"/>
+      <c r="H67" s="5"/>
+      <c r="I67" s="5"/>
+      <c r="J67" s="5"/>
+      <c r="K67" s="5"/>
+      <c r="L67" s="102"/>
+      <c r="M67" s="102"/>
+      <c r="N67" s="5"/>
+      <c r="O67" s="5"/>
+      <c r="P67" s="102"/>
+      <c r="Q67" s="102"/>
+      <c r="R67" s="5"/>
+      <c r="S67" s="5"/>
+      <c r="T67" s="5"/>
+      <c r="U67" s="5"/>
+      <c r="V67" s="5"/>
+      <c r="W67" s="5"/>
+      <c r="X67" s="102"/>
+      <c r="Y67" s="102"/>
+      <c r="Z67" s="5"/>
+      <c r="AA67" s="5"/>
+      <c r="AB67" s="5"/>
+      <c r="AC67" s="102"/>
+      <c r="AD67" s="5"/>
+    </row>
     <row r="68" spans="1:30" ht="24" customHeight="1"/>
     <row r="69" spans="1:30" ht="24" customHeight="1"/>
+    <row r="70" spans="1:30" ht="24" customHeight="1"/>
   </sheetData>
   <mergeCells count="58">
     <mergeCell ref="A3:AD3"/>
     <mergeCell ref="A4:AD4"/>
     <mergeCell ref="A5:AD5"/>
     <mergeCell ref="L15:L16"/>
     <mergeCell ref="N15:O15"/>
     <mergeCell ref="X15:X16"/>
     <mergeCell ref="Z15:AA15"/>
     <mergeCell ref="S14:AD14"/>
     <mergeCell ref="G14:R14"/>
     <mergeCell ref="E15:E16"/>
     <mergeCell ref="B14:F14"/>
     <mergeCell ref="F15:F16"/>
     <mergeCell ref="R15:R16"/>
     <mergeCell ref="AC15:AC16"/>
     <mergeCell ref="AD15:AD16"/>
     <mergeCell ref="D15:D16"/>
-    <mergeCell ref="A62:AD62"/>
+    <mergeCell ref="A63:AD63"/>
     <mergeCell ref="B15:B16"/>
     <mergeCell ref="C15:C16"/>
-    <mergeCell ref="A61:AD61"/>
-    <mergeCell ref="A45:AD45"/>
+    <mergeCell ref="A62:AD62"/>
     <mergeCell ref="A46:AD46"/>
-    <mergeCell ref="A38:AD38"/>
+    <mergeCell ref="A47:AD47"/>
     <mergeCell ref="A39:AD39"/>
     <mergeCell ref="A40:AD40"/>
     <mergeCell ref="A41:AD41"/>
     <mergeCell ref="A42:AD42"/>
     <mergeCell ref="A43:AD43"/>
-    <mergeCell ref="A37:AD37"/>
-    <mergeCell ref="A27:AD27"/>
+    <mergeCell ref="A44:AD44"/>
+    <mergeCell ref="A38:AD38"/>
     <mergeCell ref="A28:AD28"/>
     <mergeCell ref="A29:AD29"/>
+    <mergeCell ref="A30:AD30"/>
     <mergeCell ref="G15:G16"/>
     <mergeCell ref="H15:H16"/>
     <mergeCell ref="I15:I16"/>
     <mergeCell ref="J15:J16"/>
     <mergeCell ref="K15:K16"/>
     <mergeCell ref="M15:M16"/>
     <mergeCell ref="P15:P16"/>
     <mergeCell ref="Q15:Q16"/>
     <mergeCell ref="S15:S16"/>
     <mergeCell ref="T15:T16"/>
-    <mergeCell ref="A58:F59"/>
+    <mergeCell ref="A59:F60"/>
     <mergeCell ref="A15:A16"/>
     <mergeCell ref="AB15:AB16"/>
     <mergeCell ref="Y15:Y16"/>
-    <mergeCell ref="A30:AD30"/>
     <mergeCell ref="A31:AD31"/>
     <mergeCell ref="A32:AD32"/>
     <mergeCell ref="A33:AD33"/>
     <mergeCell ref="A34:AD34"/>
     <mergeCell ref="A35:AD35"/>
     <mergeCell ref="A36:AD36"/>
+    <mergeCell ref="A37:AD37"/>
     <mergeCell ref="U15:U16"/>
     <mergeCell ref="V15:V16"/>
     <mergeCell ref="W15:W16"/>
-    <mergeCell ref="A51:F52"/>
-    <mergeCell ref="A55:F56"/>
+    <mergeCell ref="A52:F53"/>
+    <mergeCell ref="A56:F57"/>
   </mergeCells>
   <printOptions horizontalCentered="1" gridLinesSet="0"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="5" scale="40" fitToHeight="0" orientation="landscape" horizontalDpi="4294967292" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;R
 &amp;8Cost Transfer_Feb 22, 2016</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...73 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010007945B1B39046F419754E848EE31D5EF" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ead988cfbc3fe9f659e8fb83c63b7929">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e3b2f8eb-7077-4394-88dc-fdd005b2502b" xmlns:ns3="b0564986-74d4-404b-ac1d-025ab649fc8b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="53cef524138b45f7c2cdb58df1c83471" ns2:_="" ns3:_="">
     <xsd:import namespace="e3b2f8eb-7077-4394-88dc-fdd005b2502b"/>
     <xsd:import namespace="b0564986-74d4-404b-ac1d-025ab649fc8b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
@@ -5227,98 +5184,173 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_dlc_DocId xmlns="e3b2f8eb-7077-4394-88dc-fdd005b2502b">NMF73XMDHVK5-1095987963-1846</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="e3b2f8eb-7077-4394-88dc-fdd005b2502b">
+      <Url>https://o365ucr.sharepoint.com/sites/BFS/GA/_layouts/15/DocIdRedir.aspx?ID=NMF73XMDHVK5-1095987963-1846</Url>
+      <Description>NMF73XMDHVK5-1095987963-1846</Description>
+    </_dlc_DocIdUrl>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="b0564986-74d4-404b-ac1d-025ab649fc8b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="e3b2f8eb-7077-4394-88dc-fdd005b2502b" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{16DB9148-0065-4D63-A0FD-9D5C9F2C8E6F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="e3b2f8eb-7077-4394-88dc-fdd005b2502b"/>
     <ds:schemaRef ds:uri="b0564986-74d4-404b-ac1d-025ab649fc8b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5BD8F622-1D50-4BCD-AE07-4F5CDD4203BE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{35915AD7-8544-400F-AC6F-0FBA5915E0B1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1BF69214-61E2-486C-A0A1-CFDDDE5CE4CF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="b0564986-74d4-404b-ac1d-025ab649fc8b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="e3b2f8eb-7077-4394-88dc-fdd005b2502b"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>