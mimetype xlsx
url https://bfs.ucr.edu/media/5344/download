--- v1 (2025-12-08)
+++ v2 (2026-03-27)
@@ -1,70 +1,71 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="24332"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\vivianc\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\uzairs\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{2FC9EBFE-4448-4301-ABCF-43955963EB9C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6DF00DC2-1F14-4339-BE17-4CE62A3A185E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Guidelines and Instructions" sheetId="2" r:id="rId1"/>
     <sheet name="Oracle Cost Transfer Form" sheetId="3" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="FORM" localSheetId="1">'Oracle Cost Transfer Form'!$A$3:$AD$61</definedName>
+    <definedName name="FORM" localSheetId="1">'Oracle Cost Transfer Form'!$A$3:$AD$62</definedName>
     <definedName name="FORM">#REF!</definedName>
     <definedName name="FORMALLEN">#REF!</definedName>
     <definedName name="FORMBAILEYSERRES">#REF!</definedName>
     <definedName name="FORMBRAY">#REF!</definedName>
     <definedName name="FORMCLOSE">#REF!</definedName>
     <definedName name="FORMELLSTRAND">#REF!</definedName>
     <definedName name="FORMESTILAI">#REF!</definedName>
     <definedName name="FORMHALL">#REF!</definedName>
     <definedName name="FORMHOLT">#REF!</definedName>
     <definedName name="FORMHUANG">#REF!</definedName>
     <definedName name="FORMLORD">#REF!</definedName>
     <definedName name="FORMLOVATT">#REF!</definedName>
     <definedName name="FORMMCGIFFEN">#REF!</definedName>
     <definedName name="FORMNOTHNAGEL">#REF!</definedName>
     <definedName name="FORMWAINES">#REF!</definedName>
     <definedName name="FORMWALLING">#REF!</definedName>
     <definedName name="FORMWHITKUS">#REF!</definedName>
     <definedName name="FORMXU">#REF!</definedName>
     <definedName name="OA01A3">#REF!</definedName>
     <definedName name="OA01B5">#REF!</definedName>
     <definedName name="OA01B6">#REF!</definedName>
     <definedName name="OA01C5">#REF!</definedName>
     <definedName name="OA01E4">#REF!</definedName>
     <definedName name="OA01H2">#REF!</definedName>
     <definedName name="OA01H4">#REF!</definedName>
@@ -153,98 +154,113 @@
     <definedName name="OAARB5">#REF!</definedName>
     <definedName name="OAC2W2">#REF!</definedName>
     <definedName name="OAH2X2">#REF!</definedName>
     <definedName name="OAH4N2">#REF!</definedName>
     <definedName name="OAK4L7">#REF!</definedName>
     <definedName name="OAK7W2">#REF!</definedName>
     <definedName name="OAL3H5">#REF!</definedName>
     <definedName name="OAL4M4">#REF!</definedName>
     <definedName name="OAL5E4">#REF!</definedName>
     <definedName name="OAL6M4">#REF!</definedName>
     <definedName name="OAL9M4">#REF!</definedName>
     <definedName name="OAM2W1">#REF!</definedName>
     <definedName name="OAP2W3">#REF!</definedName>
     <definedName name="OAP3W1">#REF!</definedName>
     <definedName name="OAP7B6">#REF!</definedName>
     <definedName name="OAP8A3">#REF!</definedName>
     <definedName name="OAP9B5">#REF!</definedName>
     <definedName name="OAP9L6">#REF!</definedName>
     <definedName name="OAP9N2">#REF!</definedName>
     <definedName name="OAR6H2">#REF!</definedName>
     <definedName name="OAT7H2">#REF!</definedName>
     <definedName name="OAT8C5">#REF!</definedName>
     <definedName name="OAT8H4">#REF!</definedName>
     <definedName name="OAW3W1">#REF!</definedName>
     <definedName name="OAX6B6">#REF!</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="1">'Oracle Cost Transfer Form'!$A$3:$AD$67</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">'Oracle Cost Transfer Form'!$A$3:$AE$68</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
+<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
+<calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="AE27" i="3" l="1"/>
+  <c r="AE26" i="3"/>
+  <c r="AE25" i="3"/>
+  <c r="AE24" i="3"/>
+  <c r="AE23" i="3"/>
+  <c r="AE22" i="3"/>
+  <c r="AE21" i="3"/>
+  <c r="AE20" i="3"/>
+  <c r="AE19" i="3"/>
+  <c r="AE18" i="3"/>
+  <c r="AE17" i="3"/>
+  <c r="AD27" i="3"/>
+  <c r="R27" i="3"/>
+</calcChain>
+</file>
+
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="111" uniqueCount="91">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="113" uniqueCount="93">
   <si>
     <t>Instructions for completing the information required in the various fields of the Manual Exceptional Non-Payroll Cost Transfer Form are below.</t>
   </si>
   <si>
     <t>Sections</t>
   </si>
   <si>
     <t>Description of Information requiring completion</t>
   </si>
   <si>
     <t>The form must include details of the original transactions as outlined below</t>
   </si>
   <si>
     <t>a) The Fiscal Year and Period of the specific transaction being corrected.</t>
   </si>
   <si>
     <t>i) COA must include: ENTITY, FUND, ACTIVITY, ACCOUNT, FUNCTN, PROGRAM, PROJECT, FLEX 1, and FLEX 2.   Use default value when applicable</t>
   </si>
   <si>
     <t>ii) if contract and grant related project, please include project start and end dates</t>
   </si>
   <si>
     <t>d) Enter the Transfer From and Transfer To amounts</t>
-  </si>
-[...1 lines deleted...]
-    <t>i) debits and credit must net to zero for each line of the cost transfer form</t>
   </si>
   <si>
     <t>Supporting documentation and rationale</t>
   </si>
   <si>
     <t>The PI's  receiving the credit and being charged the expenses on contracts and grants fund sources should endorse the transfer.  Endorsement must have complete name, signature, and date.</t>
   </si>
   <si>
     <t>Cost transfers COA involving NON contracts and grants funds, the Department's Financial Manager should sign in Sections 5 and 6.</t>
   </si>
   <si>
     <t>The CFAO will print their complete name, sign, and date for any cost transfers that are over 120 days old or involve a prior year cost transfer</t>
   </si>
   <si>
     <t>Leave area is for "ACCOUNTING OFFICE USE ONLY" blank</t>
   </si>
   <si>
     <t>ORACLE FINANCIALS</t>
   </si>
   <si>
     <t>UNIVERSITY OF CALIFORNIA RIVERSIDE</t>
   </si>
   <si>
     <t>MANUAL, EXCEPTIONAL NON-PAYROLL COST TRANSFER FORM</t>
   </si>
@@ -678,63 +694,72 @@
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>:</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="11"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Both the Excel and pdf version of the manual cost transfer is required, but only the pdf version has to have the required approvals on it.</t>
     </r>
   </si>
   <si>
-    <t>COA_Use_Tax_Reversal_Cost_Transfer_Form_and_Guidelines_v4.xlsx  Updated: 12-05-2025</t>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total MUST Equal Zero</t>
+  </si>
+  <si>
+    <t>i) debits and credit must net to zero for each line of the cost transfer form (refer to the pre-populated sum totals)</t>
+  </si>
+  <si>
+    <t>COA_Use_Tax_Reversal_Cost_Transfer_Form_and_Guidelines_v4.xlsx  Updated: 03-26-2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="7" formatCode="&quot;$&quot;#,##0.00_);\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="0.0000"/>
   </numFmts>
-  <fonts count="27">
+  <fonts count="27" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -879,51 +904,51 @@
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="50">
+  <borders count="54">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -1474,56 +1499,106 @@
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="double">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="double">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="24" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="214">
+  <cellXfs count="224">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="11" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="13" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="14" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="7" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyBorder="1"/>
@@ -1759,273 +1834,303 @@
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="50" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="40" fontId="10" fillId="2" borderId="50" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="40" fontId="10" fillId="2" borderId="51" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="7" fontId="0" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="44" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="42" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="38" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" wrapText="1"/>
-[...169 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -2071,201 +2176,167 @@
       <rgbColor rgb="00996666"/>
       <rgbColor rgb="00666699"/>
       <rgbColor rgb="00969696"/>
       <rgbColor rgb="003333CC"/>
       <rgbColor rgb="00336666"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00663300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00424242"/>
     </indexedColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -2408,2571 +2479,2670 @@
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor rgb="FFFFFF00"/>
   </sheetPr>
   <dimension ref="A1:X45"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2:B9"/>
+    <sheetView tabSelected="1" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
+      <selection activeCell="B47" sqref="B47"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="12.5"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="13.453125" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="29.1796875" style="15" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="13.42578125" customWidth="1"/>
+    <col min="2" max="2" width="111.7109375" customWidth="1"/>
+    <col min="3" max="3" width="2.85546875" customWidth="1"/>
+    <col min="4" max="4" width="29.140625" style="15" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="27" style="15" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="10.7265625" style="15" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="11.453125" style="15" customWidth="1"/>
+    <col min="6" max="6" width="10.7109375" style="15" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="11.42578125" style="15" customWidth="1"/>
     <col min="8" max="8" width="13" style="15" customWidth="1"/>
-    <col min="9" max="9" width="12.7265625" style="15" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="13" max="13" width="11.7265625" style="15" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="12.7109375" style="15" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="18.85546875" style="15" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="13.140625" style="15" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="7.28515625" style="15" customWidth="1"/>
+    <col min="13" max="13" width="11.7109375" style="15" bestFit="1" customWidth="1"/>
     <col min="14" max="15" width="11" style="15" bestFit="1" customWidth="1"/>
-    <col min="16" max="16" width="12.26953125" style="15" bestFit="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="22" max="24" width="9.1796875" style="15"/>
+    <col min="16" max="16" width="12.28515625" style="15" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="34.42578125" style="15" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="33.42578125" style="15" bestFit="1" customWidth="1"/>
+    <col min="19" max="19" width="23.140625" style="15" bestFit="1" customWidth="1"/>
+    <col min="20" max="20" width="35.85546875" style="15" bestFit="1" customWidth="1"/>
+    <col min="21" max="21" width="20.42578125" style="15" bestFit="1" customWidth="1"/>
+    <col min="22" max="24" width="9.140625" style="15"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="50.25" customHeight="1">
-[...3 lines deleted...]
-      <c r="B1" s="140"/>
+    <row r="1" spans="1:5" ht="50.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="147" t="s">
+        <v>80</v>
+      </c>
+      <c r="B1" s="148"/>
       <c r="E1" s="82"/>
     </row>
-    <row r="2" spans="1:5" ht="14.15" customHeight="1">
-[...7 lines deleted...]
-      <c r="B3" s="144"/>
+    <row r="2" spans="1:5" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="149" t="s">
+        <v>86</v>
+      </c>
+      <c r="B2" s="150"/>
+    </row>
+    <row r="3" spans="1:5" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="151"/>
+      <c r="B3" s="152"/>
       <c r="E3" s="80"/>
     </row>
-    <row r="4" spans="1:5" ht="14.15" customHeight="1">
-[...5 lines deleted...]
-      <c r="B5" s="144"/>
+    <row r="4" spans="1:5" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="151"/>
+      <c r="B4" s="152"/>
+    </row>
+    <row r="5" spans="1:5" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="151"/>
+      <c r="B5" s="152"/>
       <c r="E5" s="80"/>
     </row>
-    <row r="6" spans="1:5" ht="14.15" customHeight="1">
-[...15 lines deleted...]
-    <row r="10" spans="1:5" ht="14.15" customHeight="1">
+    <row r="6" spans="1:5" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="151"/>
+      <c r="B6" s="152"/>
+    </row>
+    <row r="7" spans="1:5" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="151"/>
+      <c r="B7" s="152"/>
+    </row>
+    <row r="8" spans="1:5" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="151"/>
+      <c r="B8" s="152"/>
+    </row>
+    <row r="9" spans="1:5" ht="47.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="151"/>
+      <c r="B9" s="152"/>
+    </row>
+    <row r="10" spans="1:5" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="41"/>
       <c r="B10" s="42"/>
     </row>
-    <row r="11" spans="1:5" ht="14.15" customHeight="1">
-      <c r="A11" s="145" t="s">
+    <row r="11" spans="1:5" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="153" t="s">
         <v>0</v>
       </c>
-      <c r="B11" s="146"/>
-[...5 lines deleted...]
-    <row r="13" spans="1:5" ht="14">
+      <c r="B11" s="154"/>
+    </row>
+    <row r="12" spans="1:5" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="155"/>
+      <c r="B12" s="156"/>
+    </row>
+    <row r="13" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A13" s="10" t="s">
         <v>1</v>
       </c>
       <c r="B13" s="11" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="14" spans="1:5" ht="14">
+    <row r="14" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A14" s="12"/>
       <c r="B14" s="13"/>
     </row>
-    <row r="15" spans="1:5" ht="28">
+    <row r="15" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A15" s="12">
         <v>1</v>
       </c>
       <c r="B15" s="128" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="E15" s="81"/>
     </row>
-    <row r="16" spans="1:5" ht="14">
+    <row r="16" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A16" s="12"/>
       <c r="B16" s="37"/>
       <c r="E16" s="81"/>
     </row>
-    <row r="17" spans="1:2" ht="42">
+    <row r="17" spans="1:2" ht="42.75" x14ac:dyDescent="0.2">
       <c r="A17" s="12">
         <v>2</v>
       </c>
       <c r="B17" s="128" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:2" ht="14">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="18" spans="1:2" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A18" s="12"/>
       <c r="B18" s="13"/>
     </row>
-    <row r="19" spans="1:2" ht="15.5">
+    <row r="19" spans="1:2" ht="15" x14ac:dyDescent="0.2">
       <c r="A19" s="12">
         <v>3</v>
       </c>
       <c r="B19" s="135" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="20" spans="1:2" ht="14">
+    <row r="20" spans="1:2" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A20" s="12"/>
       <c r="B20" s="132" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="21" spans="1:2" ht="28">
+    <row r="21" spans="1:2" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A21" s="12"/>
       <c r="B21" s="128" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:2" ht="28">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="22" spans="1:2" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A22" s="12"/>
       <c r="B22" s="136" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:2" ht="28">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="23" spans="1:2" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A23" s="12"/>
       <c r="B23" s="137" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="24" spans="1:2" ht="14">
+    <row r="24" spans="1:2" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A24" s="12"/>
       <c r="B24" s="133" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="25" spans="1:2" ht="14">
+    <row r="25" spans="1:2" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A25" s="12"/>
       <c r="B25" s="132" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="26" spans="1:2" ht="14">
+    <row r="26" spans="1:2" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A26" s="12"/>
       <c r="B26" s="138" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:2" ht="14">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="27" spans="1:2" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A27" s="12"/>
       <c r="B27" s="83"/>
     </row>
-    <row r="28" spans="1:2" ht="14">
+    <row r="28" spans="1:2" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A28" s="12">
         <v>4</v>
       </c>
       <c r="B28" s="133" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:2" ht="28">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="29" spans="1:2" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A29" s="129"/>
       <c r="B29" s="134" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="30" spans="1:2" ht="71.25" x14ac:dyDescent="0.2">
+      <c r="B30" s="130" t="s">
         <v>84</v>
       </c>
     </row>
-    <row r="30" spans="1:2" ht="70">
-[...4 lines deleted...]
-    <row r="31" spans="1:2" ht="56">
+    <row r="31" spans="1:2" ht="57" x14ac:dyDescent="0.2">
       <c r="A31" s="12"/>
       <c r="B31" s="128" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:2" ht="14">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="32" spans="1:2" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A32" s="12"/>
       <c r="B32" s="13"/>
     </row>
-    <row r="33" spans="1:5" ht="70">
+    <row r="33" spans="1:5" ht="72.75" x14ac:dyDescent="0.2">
       <c r="A33" s="12">
         <v>5</v>
       </c>
       <c r="B33" s="130" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="E33" s="81"/>
     </row>
-    <row r="34" spans="1:5" ht="14">
+    <row r="34" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A34" s="12"/>
       <c r="B34" s="13"/>
     </row>
-    <row r="35" spans="1:5" ht="28">
+    <row r="35" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A35" s="12">
         <v>6</v>
       </c>
       <c r="B35" s="128" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E35" s="81"/>
     </row>
-    <row r="36" spans="1:5" ht="14">
+    <row r="36" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A36" s="12"/>
       <c r="B36" s="16"/>
     </row>
-    <row r="37" spans="1:5" ht="28">
+    <row r="37" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A37" s="12">
         <v>7</v>
       </c>
       <c r="B37" s="128" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E37" s="81"/>
     </row>
-    <row r="38" spans="1:5" ht="14">
+    <row r="38" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A38" s="12"/>
       <c r="B38" s="13"/>
     </row>
-    <row r="39" spans="1:5" ht="28">
+    <row r="39" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A39" s="12">
         <v>8</v>
       </c>
       <c r="B39" s="128" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E39" s="81"/>
     </row>
-    <row r="40" spans="1:5" ht="14">
+    <row r="40" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A40" s="12"/>
       <c r="B40" s="13"/>
     </row>
-    <row r="41" spans="1:5" ht="14">
+    <row r="41" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A41" s="12">
         <v>9</v>
       </c>
       <c r="B41" s="132" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:5" ht="14">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A42" s="84"/>
       <c r="B42" s="85"/>
     </row>
-    <row r="43" spans="1:5" ht="168">
+    <row r="43" spans="1:5" ht="186.75" x14ac:dyDescent="0.2">
       <c r="A43" s="84">
         <v>10</v>
       </c>
       <c r="B43" s="131" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:5" ht="14">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A44" s="84"/>
       <c r="B44" s="126"/>
     </row>
-    <row r="45" spans="1:5" ht="13" thickBot="1">
+    <row r="45" spans="1:5" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A45" s="14"/>
       <c r="B45" s="127" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="A2:B9"/>
     <mergeCell ref="A11:B12"/>
   </mergeCells>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{725B12D2-DED9-4A64-B353-CD123915A349}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A3:AD70"/>
+  <dimension ref="A3:AE71"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="110" zoomScaleNormal="110" zoomScalePageLayoutView="59" workbookViewId="0"/>
+    <sheetView showGridLines="0" zoomScale="85" zoomScaleNormal="85" zoomScalePageLayoutView="59" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="12.5"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="6" customWidth="1"/>
-    <col min="2" max="2" width="9.81640625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="19.453125" customWidth="1"/>
+    <col min="2" max="2" width="9.85546875" customWidth="1"/>
+    <col min="3" max="4" width="14.42578125" customWidth="1"/>
+    <col min="5" max="5" width="19.42578125" customWidth="1"/>
     <col min="6" max="6" width="26" customWidth="1"/>
-    <col min="7" max="7" width="9.1796875" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="30" max="30" width="16.453125" customWidth="1"/>
+    <col min="7" max="7" width="9.140625" customWidth="1"/>
+    <col min="8" max="9" width="11.140625" customWidth="1"/>
+    <col min="10" max="10" width="12.28515625" customWidth="1"/>
+    <col min="11" max="11" width="7.42578125" customWidth="1"/>
+    <col min="12" max="12" width="10.85546875" style="91" customWidth="1"/>
+    <col min="13" max="13" width="15.7109375" style="91" customWidth="1"/>
+    <col min="14" max="15" width="15.7109375" customWidth="1"/>
+    <col min="16" max="17" width="15.7109375" style="91" customWidth="1"/>
+    <col min="18" max="23" width="15.7109375" customWidth="1"/>
+    <col min="24" max="25" width="15.7109375" style="91" customWidth="1"/>
+    <col min="26" max="28" width="15.7109375" customWidth="1"/>
+    <col min="29" max="29" width="15.7109375" style="91" customWidth="1"/>
+    <col min="30" max="30" width="16.42578125" customWidth="1"/>
+    <col min="31" max="31" width="12" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:30" ht="24" customHeight="1">
-      <c r="A3" s="197" t="s">
+    <row r="3" spans="1:31" ht="24" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A3" s="157" t="s">
+        <v>13</v>
+      </c>
+      <c r="B3" s="157"/>
+      <c r="C3" s="157"/>
+      <c r="D3" s="157"/>
+      <c r="E3" s="157"/>
+      <c r="F3" s="157"/>
+      <c r="G3" s="157"/>
+      <c r="H3" s="157"/>
+      <c r="I3" s="157"/>
+      <c r="J3" s="157"/>
+      <c r="K3" s="157"/>
+      <c r="L3" s="157"/>
+      <c r="M3" s="157"/>
+      <c r="N3" s="157"/>
+      <c r="O3" s="157"/>
+      <c r="P3" s="157"/>
+      <c r="Q3" s="157"/>
+      <c r="R3" s="157"/>
+      <c r="S3" s="157"/>
+      <c r="T3" s="157"/>
+      <c r="U3" s="157"/>
+      <c r="V3" s="157"/>
+      <c r="W3" s="157"/>
+      <c r="X3" s="157"/>
+      <c r="Y3" s="157"/>
+      <c r="Z3" s="157"/>
+      <c r="AA3" s="157"/>
+      <c r="AB3" s="157"/>
+      <c r="AC3" s="157"/>
+      <c r="AD3" s="157"/>
+    </row>
+    <row r="4" spans="1:31" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="158" t="s">
         <v>14</v>
       </c>
-      <c r="B3" s="197"/>
-[...30 lines deleted...]
-      <c r="A4" s="198" t="s">
+      <c r="B4" s="158"/>
+      <c r="C4" s="158"/>
+      <c r="D4" s="158"/>
+      <c r="E4" s="158"/>
+      <c r="F4" s="158"/>
+      <c r="G4" s="158"/>
+      <c r="H4" s="158"/>
+      <c r="I4" s="158"/>
+      <c r="J4" s="158"/>
+      <c r="K4" s="158"/>
+      <c r="L4" s="158"/>
+      <c r="M4" s="158"/>
+      <c r="N4" s="158"/>
+      <c r="O4" s="158"/>
+      <c r="P4" s="158"/>
+      <c r="Q4" s="158"/>
+      <c r="R4" s="158"/>
+      <c r="S4" s="158"/>
+      <c r="T4" s="158"/>
+      <c r="U4" s="158"/>
+      <c r="V4" s="158"/>
+      <c r="W4" s="158"/>
+      <c r="X4" s="158"/>
+      <c r="Y4" s="158"/>
+      <c r="Z4" s="158"/>
+      <c r="AA4" s="158"/>
+      <c r="AB4" s="158"/>
+      <c r="AC4" s="158"/>
+      <c r="AD4" s="158"/>
+    </row>
+    <row r="5" spans="1:31" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="158" t="s">
         <v>15</v>
       </c>
-      <c r="B4" s="198"/>
-[...30 lines deleted...]
-      <c r="A5" s="198" t="s">
+      <c r="B5" s="158"/>
+      <c r="C5" s="158"/>
+      <c r="D5" s="158"/>
+      <c r="E5" s="158"/>
+      <c r="F5" s="158"/>
+      <c r="G5" s="158"/>
+      <c r="H5" s="158"/>
+      <c r="I5" s="158"/>
+      <c r="J5" s="158"/>
+      <c r="K5" s="158"/>
+      <c r="L5" s="158"/>
+      <c r="M5" s="158"/>
+      <c r="N5" s="158"/>
+      <c r="O5" s="158"/>
+      <c r="P5" s="158"/>
+      <c r="Q5" s="158"/>
+      <c r="R5" s="158"/>
+      <c r="S5" s="158"/>
+      <c r="T5" s="158"/>
+      <c r="U5" s="158"/>
+      <c r="V5" s="158"/>
+      <c r="W5" s="158"/>
+      <c r="X5" s="158"/>
+      <c r="Y5" s="158"/>
+      <c r="Z5" s="158"/>
+      <c r="AA5" s="158"/>
+      <c r="AB5" s="158"/>
+      <c r="AC5" s="158"/>
+      <c r="AD5" s="158"/>
+    </row>
+    <row r="6" spans="1:31" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="69" t="s">
         <v>16</v>
-      </c>
-[...32 lines deleted...]
-        <v>17</v>
       </c>
       <c r="B6" s="70"/>
       <c r="C6" s="70"/>
       <c r="D6" s="71"/>
     </row>
-    <row r="7" spans="1:30" ht="16.5" customHeight="1">
+    <row r="7" spans="1:31" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="68" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E7" s="17"/>
       <c r="F7" s="17"/>
       <c r="G7" s="17"/>
       <c r="H7" s="18"/>
       <c r="I7" s="17"/>
       <c r="J7" s="17"/>
       <c r="K7" s="38"/>
       <c r="L7" s="92"/>
       <c r="M7" s="92"/>
       <c r="N7" s="17"/>
       <c r="O7" s="17"/>
       <c r="P7" s="92"/>
       <c r="Q7" s="92"/>
       <c r="R7" s="17"/>
       <c r="S7" s="17"/>
       <c r="T7" s="17"/>
       <c r="U7" s="17"/>
       <c r="V7" s="17"/>
       <c r="W7" s="17"/>
       <c r="X7" s="92"/>
       <c r="Y7" s="92"/>
       <c r="Z7" s="17"/>
       <c r="AA7" s="17"/>
       <c r="AB7" s="17"/>
       <c r="AC7" s="92"/>
       <c r="AD7" s="17"/>
     </row>
-    <row r="8" spans="1:30" ht="13">
+    <row r="8" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A8" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" s="25" t="s">
+        <v>70</v>
+      </c>
+      <c r="E8" s="1" t="s">
         <v>19</v>
-      </c>
-[...4 lines deleted...]
-        <v>20</v>
       </c>
       <c r="G8" s="25"/>
       <c r="M8" s="93"/>
       <c r="N8" s="25"/>
       <c r="O8" s="25"/>
       <c r="P8" s="93"/>
       <c r="Q8" s="93"/>
       <c r="R8" s="25"/>
       <c r="S8" s="25"/>
       <c r="T8" s="25"/>
       <c r="U8" s="25"/>
       <c r="V8" s="25"/>
       <c r="W8" s="25"/>
       <c r="X8" s="93"/>
       <c r="Y8" s="93"/>
       <c r="Z8" s="25"/>
       <c r="AA8" s="25"/>
       <c r="AB8" s="25"/>
       <c r="AC8" s="93"/>
     </row>
-    <row r="9" spans="1:30" ht="13.5" thickBot="1">
+    <row r="9" spans="1:31" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A9" s="1"/>
       <c r="M9" s="93"/>
       <c r="N9" s="25"/>
       <c r="O9" s="25"/>
       <c r="P9" s="93"/>
       <c r="Q9" s="93"/>
       <c r="R9" s="25"/>
       <c r="S9" s="25"/>
       <c r="T9" s="25"/>
       <c r="U9" s="25"/>
       <c r="V9" s="25"/>
       <c r="W9" s="25"/>
       <c r="X9" s="93"/>
       <c r="Y9" s="93"/>
       <c r="Z9" s="25"/>
       <c r="AA9" s="25"/>
       <c r="AB9" s="25"/>
       <c r="AC9" s="93"/>
     </row>
-    <row r="10" spans="1:30" ht="16" thickBot="1">
+    <row r="10" spans="1:31" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="69" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B10" s="70"/>
       <c r="C10" s="70"/>
       <c r="D10" s="71"/>
       <c r="M10" s="93"/>
       <c r="N10" s="25"/>
       <c r="O10" s="25"/>
       <c r="P10" s="93"/>
       <c r="Q10" s="93"/>
       <c r="R10" s="25"/>
       <c r="S10" s="25"/>
       <c r="T10" s="25"/>
       <c r="U10" s="25"/>
       <c r="V10" s="25"/>
       <c r="W10" s="25"/>
       <c r="X10" s="93"/>
       <c r="Y10" s="93"/>
       <c r="Z10" s="25"/>
       <c r="AA10" s="25"/>
       <c r="AB10" s="25"/>
       <c r="AC10" s="93"/>
     </row>
-    <row r="11" spans="1:30" ht="13">
+    <row r="11" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A11" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D11" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="D11" s="1" t="s">
+      <c r="G11" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="G11" s="1" t="s">
+      <c r="L11" s="95" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="M11" s="93"/>
       <c r="N11" s="25" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="O11" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="P11" s="93" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="Q11" s="93"/>
       <c r="R11" s="25"/>
       <c r="S11" s="25"/>
       <c r="T11" s="25"/>
       <c r="U11" s="25"/>
       <c r="V11" s="25"/>
       <c r="W11" s="25"/>
       <c r="X11" s="93"/>
       <c r="Y11" s="93"/>
       <c r="Z11" s="25"/>
       <c r="AA11" s="25"/>
       <c r="AB11" s="25"/>
       <c r="AC11" s="93"/>
     </row>
-    <row r="12" spans="1:30" ht="13.5" thickBot="1">
+    <row r="12" spans="1:31" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="E12" s="25"/>
       <c r="F12" s="25"/>
       <c r="M12" s="93"/>
       <c r="N12" s="25"/>
       <c r="O12" s="25"/>
       <c r="P12" s="93"/>
       <c r="Q12" s="93"/>
       <c r="R12" s="25"/>
       <c r="S12" s="25"/>
       <c r="T12" s="25"/>
       <c r="U12" s="25"/>
       <c r="V12" s="25"/>
       <c r="W12" s="25"/>
       <c r="X12" s="93"/>
       <c r="Y12" s="93"/>
       <c r="Z12" s="25"/>
       <c r="AA12" s="25"/>
       <c r="AB12" s="25"/>
       <c r="AC12" s="93"/>
       <c r="AD12" s="25"/>
     </row>
-    <row r="13" spans="1:30" ht="15.65" customHeight="1" thickBot="1">
+    <row r="13" spans="1:31" ht="15.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A13" s="69" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B13" s="70"/>
       <c r="C13" s="70"/>
       <c r="D13" s="71"/>
       <c r="H13" s="49"/>
       <c r="K13" s="25"/>
       <c r="L13" s="93"/>
       <c r="M13" s="93"/>
       <c r="N13" s="25"/>
       <c r="O13" s="25"/>
       <c r="P13" s="93"/>
       <c r="Q13" s="93"/>
       <c r="R13" s="25"/>
       <c r="S13" s="25"/>
       <c r="T13" s="25"/>
       <c r="U13" s="25"/>
       <c r="V13" s="25"/>
       <c r="W13" s="25"/>
       <c r="X13" s="93"/>
       <c r="Y13" s="93"/>
       <c r="Z13" s="25"/>
       <c r="AA13" s="25"/>
       <c r="AB13" s="25"/>
       <c r="AC13" s="93"/>
       <c r="AD13" s="25"/>
     </row>
-    <row r="14" spans="1:30" ht="16" thickBot="1">
+    <row r="14" spans="1:31" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A14" s="72"/>
-      <c r="B14" s="206" t="s">
+      <c r="B14" s="169" t="s">
+        <v>27</v>
+      </c>
+      <c r="C14" s="170"/>
+      <c r="D14" s="170"/>
+      <c r="E14" s="171"/>
+      <c r="F14" s="171"/>
+      <c r="G14" s="164" t="s">
         <v>28</v>
       </c>
-      <c r="C14" s="207"/>
-[...3 lines deleted...]
-      <c r="G14" s="203" t="s">
+      <c r="H14" s="165"/>
+      <c r="I14" s="165"/>
+      <c r="J14" s="165"/>
+      <c r="K14" s="165"/>
+      <c r="L14" s="165"/>
+      <c r="M14" s="165"/>
+      <c r="N14" s="165"/>
+      <c r="O14" s="165"/>
+      <c r="P14" s="165"/>
+      <c r="Q14" s="165"/>
+      <c r="R14" s="166"/>
+      <c r="S14" s="164" t="s">
+        <v>78</v>
+      </c>
+      <c r="T14" s="165"/>
+      <c r="U14" s="165"/>
+      <c r="V14" s="165"/>
+      <c r="W14" s="165"/>
+      <c r="X14" s="165"/>
+      <c r="Y14" s="165"/>
+      <c r="Z14" s="165"/>
+      <c r="AA14" s="165"/>
+      <c r="AB14" s="165"/>
+      <c r="AC14" s="165"/>
+      <c r="AD14" s="166"/>
+    </row>
+    <row r="15" spans="1:31" ht="40.35" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="222" t="s">
         <v>29</v>
       </c>
-      <c r="H14" s="204"/>
-[...26 lines deleted...]
-      <c r="A15" s="155" t="s">
+      <c r="B15" s="182" t="s">
         <v>30</v>
       </c>
-      <c r="B15" s="181" t="s">
+      <c r="C15" s="172" t="s">
         <v>31</v>
       </c>
-      <c r="C15" s="183" t="s">
+      <c r="D15" s="178" t="s">
         <v>32</v>
       </c>
-      <c r="D15" s="212" t="s">
+      <c r="E15" s="167" t="s">
         <v>33</v>
       </c>
-      <c r="E15" s="157" t="s">
+      <c r="F15" s="172" t="s">
         <v>34</v>
       </c>
-      <c r="F15" s="183" t="s">
+      <c r="G15" s="205" t="s">
         <v>35</v>
       </c>
-      <c r="G15" s="177" t="s">
+      <c r="H15" s="167" t="s">
         <v>36</v>
       </c>
-      <c r="H15" s="157" t="s">
+      <c r="I15" s="167" t="s">
         <v>37</v>
       </c>
-      <c r="I15" s="157" t="s">
+      <c r="J15" s="167" t="s">
         <v>38</v>
       </c>
-      <c r="J15" s="157" t="s">
+      <c r="K15" s="167" t="s">
         <v>39</v>
       </c>
-      <c r="K15" s="157" t="s">
+      <c r="L15" s="159" t="s">
         <v>40</v>
       </c>
-      <c r="L15" s="159" t="s">
+      <c r="M15" s="159" t="s">
         <v>41</v>
       </c>
-      <c r="M15" s="159" t="s">
+      <c r="N15" s="161" t="s">
         <v>42</v>
       </c>
-      <c r="N15" s="200" t="s">
+      <c r="O15" s="161"/>
+      <c r="P15" s="159" t="s">
         <v>43</v>
       </c>
-      <c r="O15" s="200"/>
-      <c r="P15" s="159" t="s">
+      <c r="Q15" s="159" t="s">
         <v>44</v>
       </c>
-      <c r="Q15" s="159" t="s">
+      <c r="R15" s="174" t="s">
         <v>45</v>
       </c>
-      <c r="R15" s="209" t="s">
+      <c r="S15" s="205" t="s">
+        <v>35</v>
+      </c>
+      <c r="T15" s="167" t="s">
+        <v>36</v>
+      </c>
+      <c r="U15" s="167" t="s">
+        <v>37</v>
+      </c>
+      <c r="V15" s="167" t="s">
+        <v>38</v>
+      </c>
+      <c r="W15" s="167" t="s">
+        <v>39</v>
+      </c>
+      <c r="X15" s="159" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y15" s="159" t="s">
+        <v>41</v>
+      </c>
+      <c r="Z15" s="162" t="s">
+        <v>42</v>
+      </c>
+      <c r="AA15" s="163"/>
+      <c r="AB15" s="167" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC15" s="159" t="s">
+        <v>44</v>
+      </c>
+      <c r="AD15" s="163" t="s">
         <v>46</v>
       </c>
-      <c r="S15" s="177" t="s">
-[...30 lines deleted...]
-      <c r="AD15" s="202" t="s">
+      <c r="AE15" s="214" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="16" spans="1:31" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="223"/>
+      <c r="B16" s="183"/>
+      <c r="C16" s="173"/>
+      <c r="D16" s="179"/>
+      <c r="E16" s="168"/>
+      <c r="F16" s="173"/>
+      <c r="G16" s="206"/>
+      <c r="H16" s="168"/>
+      <c r="I16" s="168"/>
+      <c r="J16" s="168"/>
+      <c r="K16" s="168"/>
+      <c r="L16" s="160"/>
+      <c r="M16" s="213"/>
+      <c r="N16" s="56" t="s">
         <v>47</v>
       </c>
-    </row>
-[...14 lines deleted...]
-      <c r="N16" s="56" t="s">
+      <c r="O16" s="47" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="P16" s="176"/>
       <c r="Q16" s="176"/>
-      <c r="R16" s="210"/>
-[...6 lines deleted...]
-      <c r="Y16" s="160"/>
+      <c r="R16" s="175"/>
+      <c r="S16" s="206"/>
+      <c r="T16" s="168"/>
+      <c r="U16" s="168"/>
+      <c r="V16" s="168"/>
+      <c r="W16" s="168"/>
+      <c r="X16" s="160"/>
+      <c r="Y16" s="213"/>
       <c r="Z16" s="45" t="s">
+        <v>47</v>
+      </c>
+      <c r="AA16" s="23" t="s">
         <v>48</v>
       </c>
-      <c r="AA16" s="23" t="s">
-[...2 lines deleted...]
-      <c r="AB16" s="158"/>
+      <c r="AB16" s="168"/>
       <c r="AC16" s="176"/>
-      <c r="AD16" s="211"/>
-[...1 lines deleted...]
-    <row r="17" spans="1:30" ht="48.75" customHeight="1">
+      <c r="AD16" s="177"/>
+      <c r="AE16" s="215"/>
+    </row>
+    <row r="17" spans="1:31" ht="48.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="51">
         <v>1</v>
       </c>
       <c r="B17" s="52"/>
       <c r="C17" s="46"/>
       <c r="D17" s="47"/>
       <c r="E17" s="117"/>
       <c r="F17" s="86"/>
       <c r="G17" s="34"/>
       <c r="H17" s="22"/>
       <c r="I17" s="39"/>
       <c r="J17" s="22"/>
       <c r="K17" s="22"/>
       <c r="L17" s="87"/>
       <c r="M17" s="88"/>
       <c r="N17" s="43"/>
       <c r="O17" s="43"/>
       <c r="P17" s="87"/>
       <c r="Q17" s="89"/>
       <c r="R17" s="124"/>
       <c r="S17" s="34">
         <v>1511</v>
       </c>
       <c r="T17" s="21" t="s">
+        <v>75</v>
+      </c>
+      <c r="U17" s="58" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="V17" s="21">
         <v>215520</v>
       </c>
       <c r="W17" s="118" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="X17" s="87" t="s">
+        <v>71</v>
+      </c>
+      <c r="Y17" s="88" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="Z17" s="43"/>
       <c r="AA17" s="43"/>
       <c r="AB17" s="87" t="s">
+        <v>72</v>
+      </c>
+      <c r="AC17" s="89" t="s">
         <v>73</v>
       </c>
-      <c r="AC17" s="89" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AD17" s="125"/>
-    </row>
-    <row r="18" spans="1:30" ht="48.75" customHeight="1">
+      <c r="AE17" s="59">
+        <f t="shared" ref="AE17:AE26" si="0">R17+AD17</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:31" ht="48.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="51">
         <v>2</v>
       </c>
       <c r="B18" s="52"/>
       <c r="C18" s="46"/>
       <c r="D18" s="47"/>
       <c r="E18" s="117"/>
       <c r="F18" s="86"/>
       <c r="G18" s="34"/>
       <c r="H18" s="22"/>
       <c r="I18" s="39"/>
       <c r="J18" s="22"/>
       <c r="K18" s="22"/>
       <c r="L18" s="87"/>
       <c r="M18" s="88"/>
       <c r="N18" s="43"/>
       <c r="O18" s="43"/>
       <c r="P18" s="87"/>
       <c r="Q18" s="89"/>
       <c r="R18" s="124"/>
       <c r="S18" s="34"/>
       <c r="T18" s="21"/>
       <c r="U18" s="58"/>
       <c r="V18" s="21"/>
       <c r="W18" s="118"/>
       <c r="X18" s="87"/>
       <c r="Y18" s="88"/>
       <c r="Z18" s="43"/>
       <c r="AA18" s="43"/>
       <c r="AB18" s="87"/>
       <c r="AC18" s="89"/>
       <c r="AD18" s="125"/>
-    </row>
-    <row r="19" spans="1:30" ht="49.5" customHeight="1">
+      <c r="AE18" s="59">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:31" ht="49.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="51">
         <v>3</v>
       </c>
       <c r="B19" s="52"/>
       <c r="C19" s="47"/>
       <c r="D19" s="47"/>
       <c r="E19" s="21"/>
       <c r="F19" s="86"/>
       <c r="G19" s="34"/>
       <c r="H19" s="22"/>
       <c r="I19" s="39"/>
       <c r="J19" s="22"/>
       <c r="K19" s="22"/>
       <c r="L19" s="87"/>
       <c r="M19" s="90"/>
       <c r="N19" s="44"/>
       <c r="O19" s="44"/>
       <c r="P19" s="87"/>
       <c r="Q19" s="89"/>
       <c r="R19" s="124"/>
       <c r="S19" s="34"/>
       <c r="T19" s="21"/>
       <c r="U19" s="58"/>
       <c r="V19" s="21"/>
       <c r="W19" s="118"/>
       <c r="X19" s="87"/>
       <c r="Y19" s="90"/>
       <c r="Z19" s="44"/>
       <c r="AA19" s="44"/>
       <c r="AB19" s="87"/>
       <c r="AC19" s="89"/>
       <c r="AD19" s="125"/>
-    </row>
-    <row r="20" spans="1:30" ht="24" customHeight="1">
+      <c r="AE19" s="59">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:31" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="51">
         <v>4</v>
       </c>
       <c r="B20" s="52"/>
       <c r="C20" s="47"/>
       <c r="D20" s="47"/>
       <c r="E20" s="21"/>
       <c r="F20" s="51"/>
       <c r="G20" s="34"/>
       <c r="H20" s="22"/>
       <c r="I20" s="39"/>
       <c r="J20" s="22"/>
       <c r="K20" s="22"/>
       <c r="L20" s="87"/>
       <c r="M20" s="90"/>
       <c r="N20" s="44"/>
       <c r="O20" s="44"/>
       <c r="P20" s="87"/>
       <c r="Q20" s="89"/>
       <c r="R20" s="51"/>
       <c r="S20" s="34"/>
       <c r="T20" s="21"/>
       <c r="U20" s="58"/>
       <c r="V20" s="21"/>
       <c r="W20" s="21"/>
       <c r="X20" s="90"/>
       <c r="Y20" s="90"/>
       <c r="Z20" s="21"/>
       <c r="AA20" s="21"/>
       <c r="AB20" s="21"/>
       <c r="AC20" s="90"/>
       <c r="AD20" s="59"/>
-    </row>
-    <row r="21" spans="1:30" ht="24" customHeight="1">
+      <c r="AE20" s="59">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:31" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="51">
         <v>5</v>
       </c>
       <c r="B21" s="52"/>
       <c r="C21" s="47"/>
       <c r="D21" s="47"/>
       <c r="E21" s="21"/>
       <c r="F21" s="51"/>
       <c r="G21" s="34"/>
       <c r="H21" s="21"/>
       <c r="I21" s="58"/>
       <c r="J21" s="21"/>
       <c r="K21" s="118"/>
       <c r="L21" s="87"/>
       <c r="M21" s="90"/>
       <c r="N21" s="44"/>
       <c r="O21" s="44"/>
       <c r="P21" s="87"/>
       <c r="Q21" s="89"/>
       <c r="R21" s="122"/>
       <c r="S21" s="121"/>
       <c r="T21" s="119"/>
       <c r="U21" s="119"/>
       <c r="V21" s="119"/>
       <c r="W21" s="119"/>
       <c r="X21" s="120"/>
       <c r="Y21" s="120"/>
       <c r="Z21" s="119"/>
       <c r="AA21" s="119"/>
       <c r="AB21" s="119"/>
       <c r="AC21" s="120"/>
       <c r="AD21" s="123"/>
-    </row>
-    <row r="22" spans="1:30" ht="24" customHeight="1">
+      <c r="AE21" s="59">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:31" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="51">
         <v>6</v>
       </c>
       <c r="B22" s="52"/>
       <c r="C22" s="47"/>
       <c r="D22" s="47"/>
       <c r="E22" s="21"/>
       <c r="F22" s="51"/>
       <c r="G22" s="34"/>
       <c r="H22" s="22"/>
       <c r="I22" s="39"/>
       <c r="J22" s="22"/>
       <c r="K22" s="22"/>
       <c r="L22" s="87"/>
       <c r="M22" s="90"/>
       <c r="N22" s="44"/>
       <c r="O22" s="44"/>
       <c r="P22" s="87"/>
       <c r="Q22" s="89"/>
       <c r="R22" s="122"/>
       <c r="S22" s="121"/>
       <c r="T22" s="119"/>
       <c r="U22" s="119"/>
       <c r="V22" s="119"/>
       <c r="W22" s="119"/>
       <c r="X22" s="120"/>
       <c r="Y22" s="120"/>
       <c r="Z22" s="119"/>
       <c r="AA22" s="119"/>
       <c r="AB22" s="119"/>
       <c r="AC22" s="120"/>
       <c r="AD22" s="123"/>
-    </row>
-    <row r="23" spans="1:30" ht="24" customHeight="1">
+      <c r="AE22" s="59">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:31" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="51">
         <v>7</v>
       </c>
       <c r="B23" s="52"/>
       <c r="C23" s="47"/>
       <c r="D23" s="47"/>
       <c r="E23" s="21"/>
       <c r="F23" s="51"/>
       <c r="G23" s="34"/>
       <c r="H23" s="22"/>
       <c r="I23" s="39"/>
       <c r="J23" s="22"/>
       <c r="K23" s="22"/>
       <c r="L23" s="87"/>
       <c r="M23" s="90"/>
       <c r="N23" s="44"/>
       <c r="O23" s="44"/>
       <c r="P23" s="87"/>
       <c r="Q23" s="89"/>
       <c r="R23" s="51"/>
       <c r="S23" s="34"/>
       <c r="T23" s="21"/>
       <c r="U23" s="58"/>
       <c r="V23" s="21"/>
       <c r="W23" s="21"/>
       <c r="X23" s="90"/>
       <c r="Y23" s="90"/>
       <c r="Z23" s="21"/>
       <c r="AA23" s="21"/>
       <c r="AB23" s="21"/>
       <c r="AC23" s="90"/>
       <c r="AD23" s="59"/>
-    </row>
-    <row r="24" spans="1:30" ht="24" customHeight="1">
+      <c r="AE23" s="59">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:31" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="51">
         <v>8</v>
       </c>
       <c r="B24" s="52"/>
       <c r="C24" s="47"/>
       <c r="D24" s="47"/>
       <c r="E24" s="21"/>
       <c r="F24" s="51"/>
       <c r="G24" s="34"/>
       <c r="H24" s="22"/>
       <c r="I24" s="39"/>
       <c r="J24" s="22"/>
       <c r="K24" s="22"/>
       <c r="L24" s="87"/>
       <c r="M24" s="90"/>
       <c r="N24" s="44"/>
       <c r="O24" s="44"/>
       <c r="P24" s="87"/>
       <c r="Q24" s="89"/>
       <c r="R24" s="51"/>
       <c r="S24" s="34"/>
       <c r="T24" s="21"/>
       <c r="U24" s="58"/>
       <c r="V24" s="21"/>
       <c r="W24" s="21"/>
       <c r="X24" s="90"/>
       <c r="Y24" s="90"/>
       <c r="Z24" s="21"/>
       <c r="AA24" s="21"/>
       <c r="AB24" s="21"/>
       <c r="AC24" s="90"/>
       <c r="AD24" s="59"/>
-    </row>
-    <row r="25" spans="1:30" ht="24" customHeight="1">
+      <c r="AE24" s="59">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:31" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="51">
         <v>9</v>
       </c>
       <c r="B25" s="52"/>
       <c r="C25" s="47"/>
       <c r="D25" s="47"/>
       <c r="E25" s="21"/>
       <c r="F25" s="51"/>
       <c r="G25" s="34"/>
       <c r="H25" s="22"/>
       <c r="I25" s="39"/>
       <c r="J25" s="22"/>
       <c r="K25" s="22"/>
       <c r="L25" s="87"/>
       <c r="M25" s="90"/>
       <c r="N25" s="44"/>
       <c r="O25" s="44"/>
       <c r="P25" s="87"/>
       <c r="Q25" s="89"/>
       <c r="R25" s="51"/>
       <c r="S25" s="34"/>
       <c r="T25" s="21"/>
       <c r="U25" s="58"/>
       <c r="V25" s="21"/>
       <c r="W25" s="21"/>
       <c r="X25" s="90"/>
       <c r="Y25" s="90"/>
       <c r="Z25" s="21"/>
       <c r="AA25" s="21"/>
       <c r="AB25" s="21"/>
       <c r="AC25" s="90"/>
       <c r="AD25" s="59"/>
-    </row>
-    <row r="26" spans="1:30" ht="24" customHeight="1" thickBot="1">
+      <c r="AE25" s="59">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:31" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A26" s="51">
         <v>10</v>
       </c>
       <c r="B26" s="53"/>
       <c r="C26" s="54"/>
       <c r="D26" s="54"/>
       <c r="E26" s="36"/>
       <c r="F26" s="57"/>
       <c r="G26" s="35"/>
       <c r="H26" s="24"/>
       <c r="I26" s="40"/>
       <c r="J26" s="24"/>
       <c r="K26" s="24"/>
       <c r="L26" s="103"/>
       <c r="M26" s="94"/>
       <c r="N26" s="48"/>
       <c r="O26" s="48"/>
       <c r="P26" s="103"/>
       <c r="Q26" s="110"/>
       <c r="R26" s="57"/>
       <c r="S26" s="35"/>
       <c r="T26" s="36"/>
       <c r="U26" s="60"/>
       <c r="V26" s="36"/>
       <c r="W26" s="36"/>
       <c r="X26" s="94"/>
       <c r="Y26" s="94"/>
       <c r="Z26" s="36"/>
       <c r="AA26" s="36"/>
       <c r="AB26" s="36"/>
       <c r="AC26" s="94"/>
       <c r="AD26" s="61"/>
-    </row>
-[...6 lines deleted...]
-      <c r="A28" s="193" t="s">
+      <c r="AE26" s="146">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:31" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="139" t="s">
+        <v>89</v>
+      </c>
+      <c r="B27" s="140"/>
+      <c r="C27" s="141"/>
+      <c r="D27" s="141"/>
+      <c r="E27" s="142"/>
+      <c r="F27" s="142"/>
+      <c r="G27" s="141"/>
+      <c r="H27" s="142"/>
+      <c r="I27" s="143"/>
+      <c r="J27" s="142"/>
+      <c r="K27" s="142"/>
+      <c r="L27" s="142"/>
+      <c r="M27" s="142"/>
+      <c r="N27" s="141"/>
+      <c r="O27" s="141"/>
+      <c r="P27" s="142"/>
+      <c r="Q27" s="142"/>
+      <c r="R27" s="144">
+        <f>SUM(R17:R26)</f>
+        <v>0</v>
+      </c>
+      <c r="S27" s="141"/>
+      <c r="T27" s="142"/>
+      <c r="U27" s="143"/>
+      <c r="V27" s="142"/>
+      <c r="W27" s="142"/>
+      <c r="X27" s="142"/>
+      <c r="Y27" s="142"/>
+      <c r="Z27" s="142"/>
+      <c r="AA27" s="142"/>
+      <c r="AB27" s="142"/>
+      <c r="AC27" s="142"/>
+      <c r="AD27" s="145">
+        <f>SUM(AD17:AD26)</f>
+        <v>0</v>
+      </c>
+      <c r="AE27" s="145">
+        <f>R27+AD27</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:31" ht="21" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="25"/>
+      <c r="B28" s="25"/>
+      <c r="AD28" s="26"/>
+    </row>
+    <row r="29" spans="1:31" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A29" s="201" t="s">
+        <v>49</v>
+      </c>
+      <c r="B29" s="202"/>
+      <c r="C29" s="202"/>
+      <c r="D29" s="202"/>
+      <c r="E29" s="202"/>
+      <c r="F29" s="202"/>
+      <c r="G29" s="202"/>
+      <c r="H29" s="202"/>
+      <c r="I29" s="202"/>
+      <c r="J29" s="202"/>
+      <c r="K29" s="202"/>
+      <c r="L29" s="202"/>
+      <c r="M29" s="202"/>
+      <c r="N29" s="202"/>
+      <c r="O29" s="202"/>
+      <c r="P29" s="202"/>
+      <c r="Q29" s="202"/>
+      <c r="R29" s="202"/>
+      <c r="S29" s="202"/>
+      <c r="T29" s="202"/>
+      <c r="U29" s="202"/>
+      <c r="V29" s="202"/>
+      <c r="W29" s="202"/>
+      <c r="X29" s="202"/>
+      <c r="Y29" s="202"/>
+      <c r="Z29" s="202"/>
+      <c r="AA29" s="202"/>
+      <c r="AB29" s="202"/>
+      <c r="AC29" s="202"/>
+      <c r="AD29" s="203"/>
+    </row>
+    <row r="30" spans="1:31" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="196" t="s">
         <v>50</v>
       </c>
-      <c r="B28" s="194"/>
-[...30 lines deleted...]
-      <c r="A29" s="167" t="s">
+      <c r="B30" s="197"/>
+      <c r="C30" s="197"/>
+      <c r="D30" s="197"/>
+      <c r="E30" s="197"/>
+      <c r="F30" s="197"/>
+      <c r="G30" s="197"/>
+      <c r="H30" s="197"/>
+      <c r="I30" s="197"/>
+      <c r="J30" s="197"/>
+      <c r="K30" s="197"/>
+      <c r="L30" s="197"/>
+      <c r="M30" s="197"/>
+      <c r="N30" s="197"/>
+      <c r="O30" s="197"/>
+      <c r="P30" s="197"/>
+      <c r="Q30" s="197"/>
+      <c r="R30" s="197"/>
+      <c r="S30" s="197"/>
+      <c r="T30" s="197"/>
+      <c r="U30" s="197"/>
+      <c r="V30" s="197"/>
+      <c r="W30" s="197"/>
+      <c r="X30" s="197"/>
+      <c r="Y30" s="197"/>
+      <c r="Z30" s="197"/>
+      <c r="AA30" s="197"/>
+      <c r="AB30" s="197"/>
+      <c r="AC30" s="197"/>
+      <c r="AD30" s="198"/>
+    </row>
+    <row r="31" spans="1:31" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="204"/>
+      <c r="B31" s="191"/>
+      <c r="C31" s="191"/>
+      <c r="D31" s="191"/>
+      <c r="E31" s="191"/>
+      <c r="F31" s="191"/>
+      <c r="G31" s="191"/>
+      <c r="H31" s="191"/>
+      <c r="I31" s="191"/>
+      <c r="J31" s="191"/>
+      <c r="K31" s="191"/>
+      <c r="L31" s="191"/>
+      <c r="M31" s="191"/>
+      <c r="N31" s="191"/>
+      <c r="O31" s="191"/>
+      <c r="P31" s="191"/>
+      <c r="Q31" s="191"/>
+      <c r="R31" s="191"/>
+      <c r="S31" s="191"/>
+      <c r="T31" s="191"/>
+      <c r="U31" s="191"/>
+      <c r="V31" s="191"/>
+      <c r="W31" s="191"/>
+      <c r="X31" s="191"/>
+      <c r="Y31" s="191"/>
+      <c r="Z31" s="191"/>
+      <c r="AA31" s="191"/>
+      <c r="AB31" s="191"/>
+      <c r="AC31" s="191"/>
+      <c r="AD31" s="192"/>
+    </row>
+    <row r="32" spans="1:31" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="190"/>
+      <c r="B32" s="191"/>
+      <c r="C32" s="191"/>
+      <c r="D32" s="191"/>
+      <c r="E32" s="191"/>
+      <c r="F32" s="191"/>
+      <c r="G32" s="191"/>
+      <c r="H32" s="191"/>
+      <c r="I32" s="191"/>
+      <c r="J32" s="191"/>
+      <c r="K32" s="191"/>
+      <c r="L32" s="191"/>
+      <c r="M32" s="191"/>
+      <c r="N32" s="191"/>
+      <c r="O32" s="191"/>
+      <c r="P32" s="191"/>
+      <c r="Q32" s="191"/>
+      <c r="R32" s="191"/>
+      <c r="S32" s="191"/>
+      <c r="T32" s="191"/>
+      <c r="U32" s="191"/>
+      <c r="V32" s="191"/>
+      <c r="W32" s="191"/>
+      <c r="X32" s="191"/>
+      <c r="Y32" s="191"/>
+      <c r="Z32" s="191"/>
+      <c r="AA32" s="191"/>
+      <c r="AB32" s="191"/>
+      <c r="AC32" s="191"/>
+      <c r="AD32" s="192"/>
+    </row>
+    <row r="33" spans="1:30" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="193"/>
+      <c r="B33" s="194"/>
+      <c r="C33" s="194"/>
+      <c r="D33" s="194"/>
+      <c r="E33" s="194"/>
+      <c r="F33" s="194"/>
+      <c r="G33" s="194"/>
+      <c r="H33" s="194"/>
+      <c r="I33" s="194"/>
+      <c r="J33" s="194"/>
+      <c r="K33" s="194"/>
+      <c r="L33" s="194"/>
+      <c r="M33" s="194"/>
+      <c r="N33" s="194"/>
+      <c r="O33" s="194"/>
+      <c r="P33" s="194"/>
+      <c r="Q33" s="194"/>
+      <c r="R33" s="194"/>
+      <c r="S33" s="194"/>
+      <c r="T33" s="194"/>
+      <c r="U33" s="194"/>
+      <c r="V33" s="194"/>
+      <c r="W33" s="194"/>
+      <c r="X33" s="194"/>
+      <c r="Y33" s="194"/>
+      <c r="Z33" s="194"/>
+      <c r="AA33" s="194"/>
+      <c r="AB33" s="194"/>
+      <c r="AC33" s="194"/>
+      <c r="AD33" s="195"/>
+    </row>
+    <row r="34" spans="1:30" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="196" t="s">
         <v>51</v>
       </c>
-      <c r="B29" s="168"/>
-[...126 lines deleted...]
-      <c r="A33" s="167" t="s">
+      <c r="B34" s="197"/>
+      <c r="C34" s="197"/>
+      <c r="D34" s="197"/>
+      <c r="E34" s="197"/>
+      <c r="F34" s="197"/>
+      <c r="G34" s="197"/>
+      <c r="H34" s="197"/>
+      <c r="I34" s="197"/>
+      <c r="J34" s="197"/>
+      <c r="K34" s="197"/>
+      <c r="L34" s="197"/>
+      <c r="M34" s="197"/>
+      <c r="N34" s="197"/>
+      <c r="O34" s="197"/>
+      <c r="P34" s="197"/>
+      <c r="Q34" s="197"/>
+      <c r="R34" s="197"/>
+      <c r="S34" s="197"/>
+      <c r="T34" s="197"/>
+      <c r="U34" s="197"/>
+      <c r="V34" s="197"/>
+      <c r="W34" s="197"/>
+      <c r="X34" s="197"/>
+      <c r="Y34" s="197"/>
+      <c r="Z34" s="197"/>
+      <c r="AA34" s="197"/>
+      <c r="AB34" s="197"/>
+      <c r="AC34" s="197"/>
+      <c r="AD34" s="198"/>
+    </row>
+    <row r="35" spans="1:30" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="190"/>
+      <c r="B35" s="191"/>
+      <c r="C35" s="191"/>
+      <c r="D35" s="191"/>
+      <c r="E35" s="191"/>
+      <c r="F35" s="191"/>
+      <c r="G35" s="191"/>
+      <c r="H35" s="191"/>
+      <c r="I35" s="191"/>
+      <c r="J35" s="191"/>
+      <c r="K35" s="191"/>
+      <c r="L35" s="191"/>
+      <c r="M35" s="191"/>
+      <c r="N35" s="191"/>
+      <c r="O35" s="191"/>
+      <c r="P35" s="191"/>
+      <c r="Q35" s="191"/>
+      <c r="R35" s="191"/>
+      <c r="S35" s="191"/>
+      <c r="T35" s="191"/>
+      <c r="U35" s="191"/>
+      <c r="V35" s="191"/>
+      <c r="W35" s="191"/>
+      <c r="X35" s="191"/>
+      <c r="Y35" s="191"/>
+      <c r="Z35" s="191"/>
+      <c r="AA35" s="191"/>
+      <c r="AB35" s="191"/>
+      <c r="AC35" s="191"/>
+      <c r="AD35" s="192"/>
+    </row>
+    <row r="36" spans="1:30" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="190"/>
+      <c r="B36" s="191"/>
+      <c r="C36" s="191"/>
+      <c r="D36" s="191"/>
+      <c r="E36" s="191"/>
+      <c r="F36" s="191"/>
+      <c r="G36" s="191"/>
+      <c r="H36" s="191"/>
+      <c r="I36" s="191"/>
+      <c r="J36" s="191"/>
+      <c r="K36" s="191"/>
+      <c r="L36" s="191"/>
+      <c r="M36" s="191"/>
+      <c r="N36" s="191"/>
+      <c r="O36" s="191"/>
+      <c r="P36" s="191"/>
+      <c r="Q36" s="191"/>
+      <c r="R36" s="191"/>
+      <c r="S36" s="191"/>
+      <c r="T36" s="191"/>
+      <c r="U36" s="191"/>
+      <c r="V36" s="191"/>
+      <c r="W36" s="191"/>
+      <c r="X36" s="191"/>
+      <c r="Y36" s="191"/>
+      <c r="Z36" s="191"/>
+      <c r="AA36" s="191"/>
+      <c r="AB36" s="191"/>
+      <c r="AC36" s="191"/>
+      <c r="AD36" s="192"/>
+    </row>
+    <row r="37" spans="1:30" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="193"/>
+      <c r="B37" s="194"/>
+      <c r="C37" s="194"/>
+      <c r="D37" s="194"/>
+      <c r="E37" s="194"/>
+      <c r="F37" s="194"/>
+      <c r="G37" s="194"/>
+      <c r="H37" s="194"/>
+      <c r="I37" s="194"/>
+      <c r="J37" s="194"/>
+      <c r="K37" s="194"/>
+      <c r="L37" s="194"/>
+      <c r="M37" s="194"/>
+      <c r="N37" s="194"/>
+      <c r="O37" s="194"/>
+      <c r="P37" s="194"/>
+      <c r="Q37" s="194"/>
+      <c r="R37" s="194"/>
+      <c r="S37" s="194"/>
+      <c r="T37" s="194"/>
+      <c r="U37" s="194"/>
+      <c r="V37" s="194"/>
+      <c r="W37" s="194"/>
+      <c r="X37" s="194"/>
+      <c r="Y37" s="194"/>
+      <c r="Z37" s="194"/>
+      <c r="AA37" s="194"/>
+      <c r="AB37" s="194"/>
+      <c r="AC37" s="194"/>
+      <c r="AD37" s="195"/>
+    </row>
+    <row r="38" spans="1:30" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="196" t="s">
         <v>52</v>
       </c>
-      <c r="B33" s="168"/>
-[...126 lines deleted...]
-      <c r="A37" s="167" t="s">
+      <c r="B38" s="197"/>
+      <c r="C38" s="197"/>
+      <c r="D38" s="197"/>
+      <c r="E38" s="197"/>
+      <c r="F38" s="197"/>
+      <c r="G38" s="197"/>
+      <c r="H38" s="197"/>
+      <c r="I38" s="197"/>
+      <c r="J38" s="197"/>
+      <c r="K38" s="197"/>
+      <c r="L38" s="197"/>
+      <c r="M38" s="197"/>
+      <c r="N38" s="197"/>
+      <c r="O38" s="197"/>
+      <c r="P38" s="197"/>
+      <c r="Q38" s="197"/>
+      <c r="R38" s="197"/>
+      <c r="S38" s="197"/>
+      <c r="T38" s="197"/>
+      <c r="U38" s="197"/>
+      <c r="V38" s="197"/>
+      <c r="W38" s="197"/>
+      <c r="X38" s="197"/>
+      <c r="Y38" s="197"/>
+      <c r="Z38" s="197"/>
+      <c r="AA38" s="197"/>
+      <c r="AB38" s="197"/>
+      <c r="AC38" s="197"/>
+      <c r="AD38" s="198"/>
+    </row>
+    <row r="39" spans="1:30" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="190"/>
+      <c r="B39" s="191"/>
+      <c r="C39" s="191"/>
+      <c r="D39" s="191"/>
+      <c r="E39" s="191"/>
+      <c r="F39" s="191"/>
+      <c r="G39" s="191"/>
+      <c r="H39" s="191"/>
+      <c r="I39" s="191"/>
+      <c r="J39" s="191"/>
+      <c r="K39" s="191"/>
+      <c r="L39" s="191"/>
+      <c r="M39" s="191"/>
+      <c r="N39" s="191"/>
+      <c r="O39" s="191"/>
+      <c r="P39" s="191"/>
+      <c r="Q39" s="191"/>
+      <c r="R39" s="191"/>
+      <c r="S39" s="191"/>
+      <c r="T39" s="191"/>
+      <c r="U39" s="191"/>
+      <c r="V39" s="191"/>
+      <c r="W39" s="191"/>
+      <c r="X39" s="191"/>
+      <c r="Y39" s="191"/>
+      <c r="Z39" s="191"/>
+      <c r="AA39" s="191"/>
+      <c r="AB39" s="191"/>
+      <c r="AC39" s="191"/>
+      <c r="AD39" s="192"/>
+    </row>
+    <row r="40" spans="1:30" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="190"/>
+      <c r="B40" s="191"/>
+      <c r="C40" s="191"/>
+      <c r="D40" s="191"/>
+      <c r="E40" s="191"/>
+      <c r="F40" s="191"/>
+      <c r="G40" s="191"/>
+      <c r="H40" s="191"/>
+      <c r="I40" s="191"/>
+      <c r="J40" s="191"/>
+      <c r="K40" s="191"/>
+      <c r="L40" s="191"/>
+      <c r="M40" s="191"/>
+      <c r="N40" s="191"/>
+      <c r="O40" s="191"/>
+      <c r="P40" s="191"/>
+      <c r="Q40" s="191"/>
+      <c r="R40" s="191"/>
+      <c r="S40" s="191"/>
+      <c r="T40" s="191"/>
+      <c r="U40" s="191"/>
+      <c r="V40" s="191"/>
+      <c r="W40" s="191"/>
+      <c r="X40" s="191"/>
+      <c r="Y40" s="191"/>
+      <c r="Z40" s="191"/>
+      <c r="AA40" s="191"/>
+      <c r="AB40" s="191"/>
+      <c r="AC40" s="191"/>
+      <c r="AD40" s="192"/>
+    </row>
+    <row r="41" spans="1:30" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="193"/>
+      <c r="B41" s="194"/>
+      <c r="C41" s="194"/>
+      <c r="D41" s="194"/>
+      <c r="E41" s="194"/>
+      <c r="F41" s="194"/>
+      <c r="G41" s="194"/>
+      <c r="H41" s="194"/>
+      <c r="I41" s="194"/>
+      <c r="J41" s="194"/>
+      <c r="K41" s="194"/>
+      <c r="L41" s="194"/>
+      <c r="M41" s="194"/>
+      <c r="N41" s="194"/>
+      <c r="O41" s="194"/>
+      <c r="P41" s="194"/>
+      <c r="Q41" s="194"/>
+      <c r="R41" s="194"/>
+      <c r="S41" s="194"/>
+      <c r="T41" s="194"/>
+      <c r="U41" s="194"/>
+      <c r="V41" s="194"/>
+      <c r="W41" s="194"/>
+      <c r="X41" s="194"/>
+      <c r="Y41" s="194"/>
+      <c r="Z41" s="194"/>
+      <c r="AA41" s="194"/>
+      <c r="AB41" s="194"/>
+      <c r="AC41" s="194"/>
+      <c r="AD41" s="195"/>
+    </row>
+    <row r="42" spans="1:30" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="196" t="s">
         <v>53</v>
       </c>
-      <c r="B37" s="168"/>
-[...126 lines deleted...]
-      <c r="A41" s="167" t="s">
+      <c r="B42" s="197"/>
+      <c r="C42" s="197"/>
+      <c r="D42" s="197"/>
+      <c r="E42" s="197"/>
+      <c r="F42" s="197"/>
+      <c r="G42" s="197"/>
+      <c r="H42" s="197"/>
+      <c r="I42" s="197"/>
+      <c r="J42" s="197"/>
+      <c r="K42" s="197"/>
+      <c r="L42" s="197"/>
+      <c r="M42" s="197"/>
+      <c r="N42" s="197"/>
+      <c r="O42" s="197"/>
+      <c r="P42" s="197"/>
+      <c r="Q42" s="197"/>
+      <c r="R42" s="197"/>
+      <c r="S42" s="197"/>
+      <c r="T42" s="197"/>
+      <c r="U42" s="197"/>
+      <c r="V42" s="197"/>
+      <c r="W42" s="197"/>
+      <c r="X42" s="197"/>
+      <c r="Y42" s="197"/>
+      <c r="Z42" s="197"/>
+      <c r="AA42" s="197"/>
+      <c r="AB42" s="197"/>
+      <c r="AC42" s="197"/>
+      <c r="AD42" s="198"/>
+    </row>
+    <row r="43" spans="1:30" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="190"/>
+      <c r="B43" s="191"/>
+      <c r="C43" s="191"/>
+      <c r="D43" s="191"/>
+      <c r="E43" s="191"/>
+      <c r="F43" s="191"/>
+      <c r="G43" s="191"/>
+      <c r="H43" s="191"/>
+      <c r="I43" s="191"/>
+      <c r="J43" s="191"/>
+      <c r="K43" s="191"/>
+      <c r="L43" s="191"/>
+      <c r="M43" s="191"/>
+      <c r="N43" s="191"/>
+      <c r="O43" s="191"/>
+      <c r="P43" s="191"/>
+      <c r="Q43" s="191"/>
+      <c r="R43" s="191"/>
+      <c r="S43" s="191"/>
+      <c r="T43" s="191"/>
+      <c r="U43" s="191"/>
+      <c r="V43" s="191"/>
+      <c r="W43" s="191"/>
+      <c r="X43" s="191"/>
+      <c r="Y43" s="191"/>
+      <c r="Z43" s="191"/>
+      <c r="AA43" s="191"/>
+      <c r="AB43" s="191"/>
+      <c r="AC43" s="191"/>
+      <c r="AD43" s="192"/>
+    </row>
+    <row r="44" spans="1:30" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A44" s="193"/>
+      <c r="B44" s="194"/>
+      <c r="C44" s="194"/>
+      <c r="D44" s="194"/>
+      <c r="E44" s="194"/>
+      <c r="F44" s="194"/>
+      <c r="G44" s="194"/>
+      <c r="H44" s="194"/>
+      <c r="I44" s="194"/>
+      <c r="J44" s="194"/>
+      <c r="K44" s="194"/>
+      <c r="L44" s="194"/>
+      <c r="M44" s="194"/>
+      <c r="N44" s="194"/>
+      <c r="O44" s="194"/>
+      <c r="P44" s="194"/>
+      <c r="Q44" s="194"/>
+      <c r="R44" s="194"/>
+      <c r="S44" s="194"/>
+      <c r="T44" s="194"/>
+      <c r="U44" s="194"/>
+      <c r="V44" s="194"/>
+      <c r="W44" s="194"/>
+      <c r="X44" s="194"/>
+      <c r="Y44" s="194"/>
+      <c r="Z44" s="194"/>
+      <c r="AA44" s="194"/>
+      <c r="AB44" s="194"/>
+      <c r="AC44" s="194"/>
+      <c r="AD44" s="195"/>
+    </row>
+    <row r="45" spans="1:30" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="199"/>
+      <c r="B45" s="200"/>
+      <c r="C45" s="200"/>
+      <c r="D45" s="200"/>
+      <c r="E45" s="200"/>
+      <c r="F45" s="200"/>
+      <c r="G45" s="200"/>
+      <c r="H45" s="200"/>
+      <c r="I45" s="200"/>
+      <c r="J45" s="200"/>
+      <c r="K45" s="200"/>
+      <c r="L45" s="200"/>
+      <c r="M45" s="200"/>
+      <c r="N45" s="200"/>
+      <c r="O45" s="200"/>
+      <c r="P45" s="200"/>
+      <c r="Q45" s="200"/>
+      <c r="R45" s="200"/>
+      <c r="S45" s="200"/>
+      <c r="T45" s="200"/>
+      <c r="U45" s="200"/>
+      <c r="V45" s="200"/>
+      <c r="W45" s="200"/>
+      <c r="X45" s="200"/>
+      <c r="Y45" s="200"/>
+      <c r="Z45" s="200"/>
+      <c r="AA45" s="200"/>
+      <c r="AB45" s="200"/>
+      <c r="AC45" s="200"/>
+      <c r="AD45" s="200"/>
+    </row>
+    <row r="46" spans="1:30" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="25"/>
+      <c r="B46" s="25"/>
+      <c r="C46" s="25"/>
+      <c r="D46" s="25"/>
+      <c r="E46" s="25"/>
+      <c r="F46" s="25"/>
+      <c r="G46" s="25"/>
+      <c r="H46" s="25"/>
+      <c r="I46" s="25"/>
+      <c r="J46" s="25"/>
+      <c r="K46" s="25"/>
+      <c r="L46" s="104"/>
+      <c r="M46" s="93"/>
+      <c r="N46" s="25"/>
+      <c r="O46" s="25"/>
+      <c r="P46" s="93"/>
+      <c r="Q46" s="93"/>
+      <c r="R46" s="25"/>
+      <c r="S46" s="25"/>
+      <c r="T46" s="25"/>
+      <c r="U46" s="25"/>
+      <c r="V46" s="25"/>
+      <c r="W46" s="25"/>
+      <c r="X46" s="93"/>
+      <c r="Y46" s="93"/>
+      <c r="Z46" s="25"/>
+      <c r="AA46" s="25"/>
+      <c r="AB46" s="25"/>
+      <c r="AC46" s="93"/>
+      <c r="AD46" s="25"/>
+    </row>
+    <row r="47" spans="1:30" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A47" s="187" t="s">
         <v>54</v>
       </c>
-      <c r="B41" s="168"/>
-[...158 lines deleted...]
-      <c r="A46" s="188" t="s">
+      <c r="B47" s="188"/>
+      <c r="C47" s="188"/>
+      <c r="D47" s="188"/>
+      <c r="E47" s="188"/>
+      <c r="F47" s="188"/>
+      <c r="G47" s="188"/>
+      <c r="H47" s="188"/>
+      <c r="I47" s="188"/>
+      <c r="J47" s="188"/>
+      <c r="K47" s="188"/>
+      <c r="L47" s="188"/>
+      <c r="M47" s="188"/>
+      <c r="N47" s="188"/>
+      <c r="O47" s="188"/>
+      <c r="P47" s="188"/>
+      <c r="Q47" s="188"/>
+      <c r="R47" s="188"/>
+      <c r="S47" s="188"/>
+      <c r="T47" s="188"/>
+      <c r="U47" s="188"/>
+      <c r="V47" s="188"/>
+      <c r="W47" s="188"/>
+      <c r="X47" s="188"/>
+      <c r="Y47" s="188"/>
+      <c r="Z47" s="188"/>
+      <c r="AA47" s="188"/>
+      <c r="AB47" s="188"/>
+      <c r="AC47" s="188"/>
+      <c r="AD47" s="188"/>
+    </row>
+    <row r="48" spans="1:30" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A48" s="189"/>
+      <c r="B48" s="189"/>
+      <c r="C48" s="189"/>
+      <c r="D48" s="189"/>
+      <c r="E48" s="189"/>
+      <c r="F48" s="189"/>
+      <c r="G48" s="189"/>
+      <c r="H48" s="189"/>
+      <c r="I48" s="189"/>
+      <c r="J48" s="189"/>
+      <c r="K48" s="189"/>
+      <c r="L48" s="189"/>
+      <c r="M48" s="189"/>
+      <c r="N48" s="189"/>
+      <c r="O48" s="189"/>
+      <c r="P48" s="189"/>
+      <c r="Q48" s="189"/>
+      <c r="R48" s="189"/>
+      <c r="S48" s="189"/>
+      <c r="T48" s="189"/>
+      <c r="U48" s="189"/>
+      <c r="V48" s="189"/>
+      <c r="W48" s="189"/>
+      <c r="X48" s="189"/>
+      <c r="Y48" s="189"/>
+      <c r="Z48" s="189"/>
+      <c r="AA48" s="189"/>
+      <c r="AB48" s="189"/>
+      <c r="AC48" s="189"/>
+      <c r="AD48" s="189"/>
+    </row>
+    <row r="49" spans="1:30" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A49" s="27"/>
+      <c r="B49" s="27"/>
+      <c r="C49" s="27"/>
+      <c r="D49" s="27"/>
+      <c r="E49" s="27"/>
+      <c r="F49" s="27"/>
+      <c r="G49" s="28"/>
+      <c r="H49" s="28"/>
+      <c r="I49" s="28"/>
+      <c r="J49" s="28"/>
+      <c r="K49" s="28"/>
+      <c r="L49" s="96"/>
+    </row>
+    <row r="50" spans="1:30" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A50" s="78" t="s">
         <v>55</v>
       </c>
-      <c r="B46" s="189"/>
-[...76 lines deleted...]
-      <c r="A49" s="78" t="s">
+      <c r="B50" s="79"/>
+      <c r="C50" s="79"/>
+      <c r="D50" s="50"/>
+      <c r="E50" s="50"/>
+      <c r="F50" s="73"/>
+      <c r="H50" s="29"/>
+      <c r="I50" s="20"/>
+      <c r="J50" s="20"/>
+      <c r="K50" s="20"/>
+      <c r="L50" s="105"/>
+      <c r="M50" s="106"/>
+      <c r="N50" s="30"/>
+      <c r="O50" s="1"/>
+      <c r="P50" s="111"/>
+      <c r="Q50" s="95"/>
+      <c r="R50" s="1"/>
+      <c r="S50" s="1"/>
+      <c r="T50" s="1"/>
+      <c r="V50" s="1"/>
+      <c r="W50" s="1"/>
+      <c r="X50" s="95"/>
+      <c r="Y50" s="95"/>
+      <c r="Z50" s="1"/>
+      <c r="AA50" s="1"/>
+      <c r="AB50" s="1"/>
+      <c r="AC50" s="95"/>
+    </row>
+    <row r="51" spans="1:30" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="74"/>
+      <c r="B51" s="75"/>
+      <c r="C51" s="76"/>
+      <c r="D51" s="76"/>
+      <c r="E51" s="76"/>
+      <c r="F51" s="77"/>
+      <c r="H51" s="67" t="s">
         <v>56</v>
       </c>
-      <c r="B49" s="79"/>
-[...33 lines deleted...]
-      <c r="H50" s="67" t="s">
+      <c r="I51" s="66"/>
+      <c r="J51" s="66"/>
+      <c r="K51" s="66"/>
+      <c r="L51" s="107"/>
+      <c r="N51" s="25"/>
+      <c r="O51" s="25"/>
+      <c r="P51" s="112" t="s">
         <v>57</v>
       </c>
-      <c r="I50" s="66"/>
-[...5 lines deleted...]
-      <c r="P50" s="112" t="s">
+      <c r="Q51" s="93"/>
+      <c r="R51" s="25"/>
+      <c r="S51" s="25"/>
+      <c r="T51" s="25"/>
+      <c r="V51" s="25"/>
+      <c r="W51" s="25"/>
+      <c r="X51" s="93"/>
+      <c r="Y51" s="93"/>
+      <c r="Z51" s="25"/>
+      <c r="AA51" s="25"/>
+      <c r="AB51" s="25"/>
+      <c r="AC51" s="93"/>
+      <c r="AD51" s="25"/>
+    </row>
+    <row r="52" spans="1:30" ht="19.350000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="25"/>
+      <c r="B52" s="25"/>
+      <c r="C52" s="25"/>
+      <c r="D52" s="25"/>
+      <c r="E52" s="25"/>
+      <c r="H52" s="25"/>
+      <c r="I52" s="28"/>
+      <c r="J52" s="28"/>
+      <c r="K52" s="28"/>
+      <c r="M52" s="96"/>
+      <c r="N52" s="28"/>
+      <c r="O52" s="28"/>
+      <c r="P52" s="96"/>
+      <c r="Q52" s="96"/>
+      <c r="R52" s="28"/>
+      <c r="S52" s="28"/>
+      <c r="T52" s="28"/>
+      <c r="V52" s="28"/>
+      <c r="W52" s="28"/>
+      <c r="X52" s="96"/>
+      <c r="Y52" s="96"/>
+      <c r="Z52" s="28"/>
+      <c r="AA52" s="28"/>
+      <c r="AB52" s="28"/>
+      <c r="AC52" s="96"/>
+    </row>
+    <row r="53" spans="1:30" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="207" t="s">
         <v>58</v>
       </c>
-      <c r="Q50" s="93"/>
-[...78 lines deleted...]
-      <c r="H53" s="67" t="s">
+      <c r="B53" s="208"/>
+      <c r="C53" s="208"/>
+      <c r="D53" s="208"/>
+      <c r="E53" s="208"/>
+      <c r="F53" s="209"/>
+      <c r="H53" s="29"/>
+      <c r="I53" s="20"/>
+      <c r="J53" s="20"/>
+      <c r="K53" s="20"/>
+      <c r="L53" s="105"/>
+      <c r="M53" s="106"/>
+      <c r="N53" s="30"/>
+      <c r="O53" s="1"/>
+      <c r="P53" s="111"/>
+      <c r="Q53" s="95"/>
+      <c r="R53" s="1"/>
+      <c r="S53" s="1"/>
+      <c r="T53" s="1"/>
+      <c r="V53" s="1"/>
+      <c r="W53" s="1"/>
+      <c r="X53" s="95"/>
+      <c r="Y53" s="95"/>
+      <c r="Z53" s="1"/>
+      <c r="AA53" s="1"/>
+      <c r="AB53" s="1"/>
+      <c r="AC53" s="95"/>
+    </row>
+    <row r="54" spans="1:30" ht="12.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="210"/>
+      <c r="B54" s="211"/>
+      <c r="C54" s="211"/>
+      <c r="D54" s="211"/>
+      <c r="E54" s="211"/>
+      <c r="F54" s="212"/>
+      <c r="H54" s="67" t="s">
+        <v>56</v>
+      </c>
+      <c r="I54" s="67"/>
+      <c r="J54" s="67"/>
+      <c r="K54" s="67"/>
+      <c r="L54" s="108"/>
+      <c r="M54" s="108"/>
+      <c r="N54" s="25"/>
+      <c r="O54" s="25"/>
+      <c r="P54" s="112" t="s">
         <v>57</v>
       </c>
-      <c r="I53" s="67"/>
-[...50 lines deleted...]
-    <row r="55" spans="1:30" ht="11.5" customHeight="1" thickBot="1">
+      <c r="Q54" s="93"/>
+      <c r="R54" s="25"/>
+      <c r="S54" s="25"/>
+      <c r="T54" s="25"/>
+      <c r="V54" s="25"/>
+      <c r="W54" s="25"/>
+      <c r="X54" s="93"/>
+      <c r="Y54" s="93"/>
+      <c r="Z54" s="25"/>
+      <c r="AA54" s="25"/>
+      <c r="AB54" s="25"/>
+      <c r="AC54" s="93"/>
+      <c r="AD54" s="25"/>
+    </row>
+    <row r="55" spans="1:30" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="25"/>
       <c r="B55" s="25"/>
       <c r="C55" s="25"/>
       <c r="D55" s="25"/>
       <c r="E55" s="25"/>
       <c r="H55" s="25"/>
       <c r="I55" s="28"/>
       <c r="J55" s="28"/>
       <c r="K55" s="28"/>
       <c r="M55" s="96"/>
-      <c r="N55" s="62"/>
-[...17 lines deleted...]
-      <c r="A56" s="170" t="s">
+      <c r="N55" s="28"/>
+      <c r="O55" s="28"/>
+      <c r="P55" s="96"/>
+      <c r="Q55" s="96"/>
+      <c r="R55" s="28"/>
+      <c r="S55" s="28"/>
+      <c r="T55" s="28"/>
+      <c r="V55" s="28"/>
+      <c r="W55" s="28"/>
+      <c r="X55" s="96"/>
+      <c r="Y55" s="96"/>
+      <c r="Z55" s="28"/>
+      <c r="AA55" s="28"/>
+      <c r="AB55" s="28"/>
+      <c r="AC55" s="96"/>
+    </row>
+    <row r="56" spans="1:30" ht="11.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="25"/>
+      <c r="B56" s="25"/>
+      <c r="C56" s="25"/>
+      <c r="D56" s="25"/>
+      <c r="E56" s="25"/>
+      <c r="H56" s="25"/>
+      <c r="I56" s="28"/>
+      <c r="J56" s="28"/>
+      <c r="K56" s="28"/>
+      <c r="M56" s="96"/>
+      <c r="N56" s="62"/>
+      <c r="O56" s="62"/>
+      <c r="P56" s="97"/>
+      <c r="Q56" s="97"/>
+      <c r="R56" s="62"/>
+      <c r="S56" s="62"/>
+      <c r="T56" s="62"/>
+      <c r="V56" s="62"/>
+      <c r="W56" s="62"/>
+      <c r="X56" s="97"/>
+      <c r="Y56" s="97"/>
+      <c r="Z56" s="62"/>
+      <c r="AA56" s="62"/>
+      <c r="AB56" s="62"/>
+      <c r="AC56" s="97"/>
+      <c r="AD56" s="55"/>
+    </row>
+    <row r="57" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="207" t="s">
+        <v>59</v>
+      </c>
+      <c r="B57" s="208"/>
+      <c r="C57" s="208"/>
+      <c r="D57" s="208"/>
+      <c r="E57" s="208"/>
+      <c r="F57" s="209"/>
+      <c r="H57" s="29"/>
+      <c r="I57" s="20"/>
+      <c r="J57" s="20"/>
+      <c r="K57" s="20"/>
+      <c r="L57" s="105"/>
+      <c r="M57" s="106"/>
+      <c r="N57" s="63"/>
+      <c r="O57" s="55"/>
+      <c r="P57" s="113"/>
+      <c r="Q57" s="98"/>
+      <c r="R57" s="55"/>
+      <c r="S57" s="55"/>
+      <c r="T57" s="55"/>
+      <c r="V57" s="55"/>
+      <c r="W57" s="55"/>
+      <c r="X57" s="98"/>
+      <c r="Y57" s="98"/>
+      <c r="Z57" s="55"/>
+      <c r="AA57" s="55"/>
+      <c r="AB57" s="55"/>
+      <c r="AC57" s="98"/>
+      <c r="AD57" s="55"/>
+    </row>
+    <row r="58" spans="1:30" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="210"/>
+      <c r="B58" s="211"/>
+      <c r="C58" s="211"/>
+      <c r="D58" s="211"/>
+      <c r="E58" s="211"/>
+      <c r="F58" s="212"/>
+      <c r="H58" s="67" t="s">
+        <v>56</v>
+      </c>
+      <c r="I58" s="67"/>
+      <c r="J58" s="67"/>
+      <c r="K58" s="67"/>
+      <c r="L58" s="108"/>
+      <c r="N58" s="25"/>
+      <c r="O58" s="25"/>
+      <c r="P58" s="112" t="s">
+        <v>57</v>
+      </c>
+      <c r="Q58" s="93"/>
+      <c r="R58" s="25"/>
+      <c r="S58" s="25"/>
+      <c r="T58" s="25"/>
+      <c r="V58" s="25"/>
+      <c r="W58" s="25"/>
+      <c r="X58" s="93"/>
+      <c r="Y58" s="93"/>
+      <c r="Z58" s="25"/>
+      <c r="AA58" s="25"/>
+      <c r="AB58" s="25"/>
+      <c r="AC58" s="93"/>
+      <c r="AD58" s="25"/>
+    </row>
+    <row r="59" spans="1:30" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A59" s="25"/>
+      <c r="B59" s="25"/>
+      <c r="C59" s="25"/>
+      <c r="D59" s="25"/>
+      <c r="E59" s="27"/>
+      <c r="H59" s="27"/>
+      <c r="O59" s="28"/>
+      <c r="Q59" s="96"/>
+      <c r="R59" s="28"/>
+      <c r="S59" s="28"/>
+      <c r="T59" s="28"/>
+      <c r="V59" s="28"/>
+      <c r="W59" s="28"/>
+      <c r="X59" s="96"/>
+      <c r="Y59" s="96"/>
+      <c r="Z59" s="28"/>
+      <c r="AA59" s="28"/>
+      <c r="AB59" s="28"/>
+      <c r="AC59" s="96"/>
+    </row>
+    <row r="60" spans="1:30" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A60" s="216" t="s">
         <v>60</v>
       </c>
-      <c r="B56" s="171"/>
-[...34 lines deleted...]
-      <c r="H57" s="67" t="s">
+      <c r="B60" s="217"/>
+      <c r="C60" s="217"/>
+      <c r="D60" s="217"/>
+      <c r="E60" s="217"/>
+      <c r="F60" s="218"/>
+      <c r="H60" s="20"/>
+      <c r="I60" s="20"/>
+      <c r="J60" s="20"/>
+      <c r="K60" s="19"/>
+      <c r="L60" s="105"/>
+      <c r="M60" s="106"/>
+      <c r="N60" s="19"/>
+      <c r="O60" s="64"/>
+      <c r="P60" s="114"/>
+      <c r="Q60" s="99"/>
+      <c r="R60" s="64"/>
+      <c r="S60" s="64"/>
+      <c r="T60" s="64"/>
+      <c r="V60" s="64"/>
+      <c r="W60" s="64"/>
+      <c r="X60" s="99"/>
+      <c r="Y60" s="99"/>
+      <c r="Z60" s="64"/>
+      <c r="AA60" s="64"/>
+      <c r="AB60" s="64"/>
+      <c r="AC60" s="99"/>
+      <c r="AD60" s="65"/>
+    </row>
+    <row r="61" spans="1:30" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="219"/>
+      <c r="B61" s="220"/>
+      <c r="C61" s="220"/>
+      <c r="D61" s="220"/>
+      <c r="E61" s="220"/>
+      <c r="F61" s="221"/>
+      <c r="H61" s="67" t="s">
+        <v>56</v>
+      </c>
+      <c r="I61" s="67"/>
+      <c r="J61" s="67"/>
+      <c r="L61" s="96"/>
+      <c r="O61" s="25"/>
+      <c r="P61" s="112" t="s">
         <v>57</v>
       </c>
-      <c r="I57" s="67"/>
-[...44 lines deleted...]
-      <c r="A59" s="149" t="s">
+      <c r="Q61" s="93"/>
+      <c r="R61" s="25"/>
+      <c r="S61" s="25"/>
+      <c r="T61" s="25"/>
+      <c r="V61" s="25"/>
+      <c r="W61" s="25"/>
+      <c r="X61" s="93"/>
+      <c r="Y61" s="93"/>
+      <c r="Z61" s="25"/>
+      <c r="AA61" s="25"/>
+      <c r="AB61" s="25"/>
+      <c r="AC61" s="93"/>
+      <c r="AD61" s="25"/>
+    </row>
+    <row r="62" spans="1:30" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A62" s="25"/>
+      <c r="B62" s="31"/>
+      <c r="C62" s="32"/>
+      <c r="D62" s="32"/>
+      <c r="E62" s="32"/>
+      <c r="F62" s="32"/>
+      <c r="G62" s="31"/>
+      <c r="H62" s="31"/>
+      <c r="I62" s="31"/>
+      <c r="J62" s="31"/>
+      <c r="K62" s="32"/>
+      <c r="L62" s="109"/>
+      <c r="M62" s="100"/>
+      <c r="N62" s="33"/>
+      <c r="O62" s="33"/>
+      <c r="P62" s="100"/>
+      <c r="Q62" s="100"/>
+      <c r="R62" s="33"/>
+      <c r="S62" s="33"/>
+      <c r="T62" s="33"/>
+      <c r="U62" s="33"/>
+      <c r="V62" s="33"/>
+      <c r="W62" s="33"/>
+      <c r="X62" s="100"/>
+      <c r="Y62" s="100"/>
+      <c r="Z62" s="33"/>
+      <c r="AA62" s="33"/>
+      <c r="AB62" s="33"/>
+      <c r="AC62" s="100"/>
+      <c r="AD62" s="33"/>
+    </row>
+    <row r="63" spans="1:30" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A63" s="184" t="s">
         <v>61</v>
       </c>
-      <c r="B59" s="150"/>
-[...91 lines deleted...]
-      <c r="A62" s="185" t="s">
+      <c r="B63" s="185"/>
+      <c r="C63" s="185"/>
+      <c r="D63" s="185"/>
+      <c r="E63" s="185"/>
+      <c r="F63" s="185"/>
+      <c r="G63" s="185"/>
+      <c r="H63" s="185"/>
+      <c r="I63" s="185"/>
+      <c r="J63" s="185"/>
+      <c r="K63" s="185"/>
+      <c r="L63" s="185"/>
+      <c r="M63" s="185"/>
+      <c r="N63" s="185"/>
+      <c r="O63" s="185"/>
+      <c r="P63" s="185"/>
+      <c r="Q63" s="185"/>
+      <c r="R63" s="185"/>
+      <c r="S63" s="185"/>
+      <c r="T63" s="185"/>
+      <c r="U63" s="185"/>
+      <c r="V63" s="185"/>
+      <c r="W63" s="185"/>
+      <c r="X63" s="185"/>
+      <c r="Y63" s="185"/>
+      <c r="Z63" s="185"/>
+      <c r="AA63" s="185"/>
+      <c r="AB63" s="185"/>
+      <c r="AC63" s="185"/>
+      <c r="AD63" s="186"/>
+    </row>
+    <row r="64" spans="1:30" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="180" t="s">
         <v>62</v>
       </c>
-      <c r="B62" s="186"/>
-[...30 lines deleted...]
-      <c r="A63" s="179" t="s">
+      <c r="B64" s="181"/>
+      <c r="C64" s="181"/>
+      <c r="D64" s="181"/>
+      <c r="E64" s="181"/>
+      <c r="F64" s="181"/>
+      <c r="G64" s="181"/>
+      <c r="H64" s="181"/>
+      <c r="I64" s="181"/>
+      <c r="J64" s="181"/>
+      <c r="K64" s="181"/>
+      <c r="L64" s="181"/>
+      <c r="M64" s="181"/>
+      <c r="N64" s="181"/>
+      <c r="O64" s="181"/>
+      <c r="P64" s="181"/>
+      <c r="Q64" s="181"/>
+      <c r="R64" s="181"/>
+      <c r="S64" s="181"/>
+      <c r="T64" s="181"/>
+      <c r="U64" s="181"/>
+      <c r="V64" s="181"/>
+      <c r="W64" s="181"/>
+      <c r="X64" s="181"/>
+      <c r="Y64" s="181"/>
+      <c r="Z64" s="181"/>
+      <c r="AA64" s="181"/>
+      <c r="AB64" s="181"/>
+      <c r="AC64" s="181"/>
+      <c r="AD64" s="181"/>
+    </row>
+    <row r="65" spans="1:30" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A65" s="7"/>
+      <c r="B65" s="6" t="s">
         <v>63</v>
-      </c>
-[...67 lines deleted...]
-        <v>65</v>
       </c>
       <c r="C65" s="3"/>
       <c r="D65" s="3"/>
-      <c r="E65" s="9"/>
+      <c r="E65" s="8"/>
       <c r="F65" s="3"/>
       <c r="G65" s="3"/>
-      <c r="H65" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H65" s="3"/>
       <c r="I65" s="3"/>
-      <c r="J65" s="8"/>
-      <c r="K65" s="8"/>
+      <c r="J65" s="3"/>
+      <c r="K65" s="3"/>
       <c r="L65" s="101"/>
       <c r="M65" s="101"/>
       <c r="N65" s="3"/>
       <c r="O65" s="3"/>
-      <c r="P65" s="115" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P65" s="101"/>
       <c r="Q65" s="101"/>
       <c r="R65" s="3"/>
       <c r="S65" s="3"/>
       <c r="T65" s="3"/>
       <c r="U65" s="3"/>
       <c r="V65" s="3"/>
       <c r="W65" s="3"/>
       <c r="X65" s="101"/>
       <c r="Y65" s="101"/>
       <c r="Z65" s="3"/>
       <c r="AA65" s="3"/>
       <c r="AB65" s="3"/>
       <c r="AC65" s="101"/>
       <c r="AD65" s="3"/>
     </row>
-    <row r="66" spans="1:30" ht="24" customHeight="1">
+    <row r="66" spans="1:30" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A66" s="2"/>
       <c r="B66" s="6" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="C66" s="3"/>
       <c r="D66" s="3"/>
       <c r="E66" s="9"/>
       <c r="F66" s="3"/>
       <c r="G66" s="3"/>
       <c r="H66" s="6" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="I66" s="3"/>
-      <c r="J66" s="9"/>
-      <c r="K66" s="9"/>
+      <c r="J66" s="8"/>
+      <c r="K66" s="8"/>
       <c r="L66" s="101"/>
       <c r="M66" s="101"/>
       <c r="N66" s="3"/>
       <c r="O66" s="3"/>
-      <c r="P66" s="116"/>
+      <c r="P66" s="115" t="s">
+        <v>66</v>
+      </c>
       <c r="Q66" s="101"/>
       <c r="R66" s="3"/>
       <c r="S66" s="3"/>
       <c r="T66" s="3"/>
       <c r="U66" s="3"/>
       <c r="V66" s="3"/>
       <c r="W66" s="3"/>
       <c r="X66" s="101"/>
       <c r="Y66" s="101"/>
       <c r="Z66" s="3"/>
       <c r="AA66" s="3"/>
       <c r="AB66" s="3"/>
       <c r="AC66" s="101"/>
       <c r="AD66" s="3"/>
     </row>
-    <row r="67" spans="1:30" ht="20.25" customHeight="1" thickBot="1">
-[...33 lines deleted...]
-    <row r="70" spans="1:30" ht="24" customHeight="1"/>
+    <row r="67" spans="1:30" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A67" s="2"/>
+      <c r="B67" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="C67" s="3"/>
+      <c r="D67" s="3"/>
+      <c r="E67" s="9"/>
+      <c r="F67" s="3"/>
+      <c r="G67" s="3"/>
+      <c r="H67" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="I67" s="3"/>
+      <c r="J67" s="9"/>
+      <c r="K67" s="9"/>
+      <c r="L67" s="101"/>
+      <c r="M67" s="101"/>
+      <c r="N67" s="3"/>
+      <c r="O67" s="3"/>
+      <c r="P67" s="116"/>
+      <c r="Q67" s="101"/>
+      <c r="R67" s="3"/>
+      <c r="S67" s="3"/>
+      <c r="T67" s="3"/>
+      <c r="U67" s="3"/>
+      <c r="V67" s="3"/>
+      <c r="W67" s="3"/>
+      <c r="X67" s="101"/>
+      <c r="Y67" s="101"/>
+      <c r="Z67" s="3"/>
+      <c r="AA67" s="3"/>
+      <c r="AB67" s="3"/>
+      <c r="AC67" s="101"/>
+      <c r="AD67" s="3"/>
+    </row>
+    <row r="68" spans="1:30" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A68" s="4"/>
+      <c r="B68" s="5"/>
+      <c r="C68" s="5"/>
+      <c r="D68" s="5"/>
+      <c r="E68" s="5"/>
+      <c r="F68" s="5"/>
+      <c r="G68" s="5"/>
+      <c r="H68" s="5"/>
+      <c r="I68" s="5"/>
+      <c r="J68" s="5"/>
+      <c r="K68" s="5"/>
+      <c r="L68" s="102"/>
+      <c r="M68" s="102"/>
+      <c r="N68" s="5"/>
+      <c r="O68" s="5"/>
+      <c r="P68" s="102"/>
+      <c r="Q68" s="102"/>
+      <c r="R68" s="5"/>
+      <c r="S68" s="5"/>
+      <c r="T68" s="5"/>
+      <c r="U68" s="5"/>
+      <c r="V68" s="5"/>
+      <c r="W68" s="5"/>
+      <c r="X68" s="102"/>
+      <c r="Y68" s="102"/>
+      <c r="Z68" s="5"/>
+      <c r="AA68" s="5"/>
+      <c r="AB68" s="5"/>
+      <c r="AC68" s="102"/>
+      <c r="AD68" s="5"/>
+    </row>
+    <row r="69" spans="1:30" ht="24" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="70" spans="1:30" ht="24" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="71" spans="1:30" ht="24" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
-  <mergeCells count="58">
+  <mergeCells count="59">
+    <mergeCell ref="AE15:AE16"/>
+    <mergeCell ref="A60:F61"/>
+    <mergeCell ref="A15:A16"/>
+    <mergeCell ref="AB15:AB16"/>
+    <mergeCell ref="Y15:Y16"/>
+    <mergeCell ref="A32:AD32"/>
+    <mergeCell ref="A33:AD33"/>
+    <mergeCell ref="A34:AD34"/>
+    <mergeCell ref="A35:AD35"/>
+    <mergeCell ref="A36:AD36"/>
+    <mergeCell ref="A37:AD37"/>
+    <mergeCell ref="A38:AD38"/>
+    <mergeCell ref="U15:U16"/>
+    <mergeCell ref="V15:V16"/>
+    <mergeCell ref="W15:W16"/>
+    <mergeCell ref="A53:F54"/>
+    <mergeCell ref="A57:F58"/>
+    <mergeCell ref="M15:M16"/>
+    <mergeCell ref="P15:P16"/>
+    <mergeCell ref="Q15:Q16"/>
+    <mergeCell ref="S15:S16"/>
+    <mergeCell ref="T15:T16"/>
+    <mergeCell ref="G15:G16"/>
+    <mergeCell ref="H15:H16"/>
+    <mergeCell ref="I15:I16"/>
+    <mergeCell ref="J15:J16"/>
+    <mergeCell ref="K15:K16"/>
+    <mergeCell ref="A64:AD64"/>
+    <mergeCell ref="B15:B16"/>
+    <mergeCell ref="C15:C16"/>
+    <mergeCell ref="A63:AD63"/>
+    <mergeCell ref="A47:AD47"/>
+    <mergeCell ref="A48:AD48"/>
+    <mergeCell ref="A40:AD40"/>
+    <mergeCell ref="A41:AD41"/>
+    <mergeCell ref="A42:AD42"/>
+    <mergeCell ref="A43:AD43"/>
+    <mergeCell ref="A44:AD44"/>
+    <mergeCell ref="A45:AD45"/>
+    <mergeCell ref="A39:AD39"/>
+    <mergeCell ref="A29:AD29"/>
+    <mergeCell ref="A30:AD30"/>
+    <mergeCell ref="A31:AD31"/>
     <mergeCell ref="A3:AD3"/>
     <mergeCell ref="A4:AD4"/>
     <mergeCell ref="A5:AD5"/>
     <mergeCell ref="L15:L16"/>
     <mergeCell ref="N15:O15"/>
     <mergeCell ref="X15:X16"/>
     <mergeCell ref="Z15:AA15"/>
     <mergeCell ref="S14:AD14"/>
     <mergeCell ref="G14:R14"/>
     <mergeCell ref="E15:E16"/>
     <mergeCell ref="B14:F14"/>
     <mergeCell ref="F15:F16"/>
     <mergeCell ref="R15:R16"/>
     <mergeCell ref="AC15:AC16"/>
     <mergeCell ref="AD15:AD16"/>
     <mergeCell ref="D15:D16"/>
-    <mergeCell ref="A63:AD63"/>
-[...40 lines deleted...]
-    <mergeCell ref="A56:F57"/>
   </mergeCells>
   <printOptions horizontalCentered="1" gridLinesSet="0"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="5" scale="40" fitToHeight="0" orientation="landscape" horizontalDpi="4294967292" r:id="rId1"/>
+  <pageSetup paperSize="5" scale="37" orientation="landscape" horizontalDpi="4294967292" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;R
 &amp;8Cost Transfer_Feb 22, 2016</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010007945B1B39046F419754E848EE31D5EF" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ead988cfbc3fe9f659e8fb83c63b7929">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e3b2f8eb-7077-4394-88dc-fdd005b2502b" xmlns:ns3="b0564986-74d4-404b-ac1d-025ab649fc8b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="53cef524138b45f7c2cdb58df1c83471" ns2:_="" ns3:_="">
     <xsd:import namespace="e3b2f8eb-7077-4394-88dc-fdd005b2502b"/>
     <xsd:import namespace="b0564986-74d4-404b-ac1d-025ab649fc8b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
@@ -5184,173 +5354,164 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_dlc_DocId xmlns="e3b2f8eb-7077-4394-88dc-fdd005b2502b">NMF73XMDHVK5-1095987963-1846</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="e3b2f8eb-7077-4394-88dc-fdd005b2502b">
+      <Url>https://o365ucr.sharepoint.com/sites/BFS/GA/_layouts/15/DocIdRedir.aspx?ID=NMF73XMDHVK5-1095987963-1846</Url>
+      <Description>NMF73XMDHVK5-1095987963-1846</Description>
+    </_dlc_DocIdUrl>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="b0564986-74d4-404b-ac1d-025ab649fc8b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="e3b2f8eb-7077-4394-88dc-fdd005b2502b" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...12 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5BD8F622-1D50-4BCD-AE07-4F5CDD4203BE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{16DB9148-0065-4D63-A0FD-9D5C9F2C8E6F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="e3b2f8eb-7077-4394-88dc-fdd005b2502b"/>
     <ds:schemaRef ds:uri="b0564986-74d4-404b-ac1d-025ab649fc8b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{35915AD7-8544-400F-AC6F-0FBA5915E0B1}">
-[...6 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1BF69214-61E2-486C-A0A1-CFDDDE5CE4CF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="b0564986-74d4-404b-ac1d-025ab649fc8b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="e3b2f8eb-7077-4394-88dc-fdd005b2502b"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{35915AD7-8544-400F-AC6F-0FBA5915E0B1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
@@ -5359,50 +5520,51 @@
       <vt:lpstr>Guidelines and Instructions</vt:lpstr>
       <vt:lpstr>Oracle Cost Transfer Form</vt:lpstr>
       <vt:lpstr>'Oracle Cost Transfer Form'!FORM</vt:lpstr>
       <vt:lpstr>'Oracle Cost Transfer Form'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jerry Monahan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="SV_QUERY_LIST_4F35BF76-6C0D-4D9B-82B2-816C12CF3733">
     <vt:lpwstr>empty_477D106A-C0D6-4607-AEBD-E2C9D60EA279</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="SV_HIDDEN_GRID_QUERY_LIST_4F35BF76-6C0D-4D9B-82B2-816C12CF3733">
     <vt:lpwstr>empty_477D106A-C0D6-4607-AEBD-E2C9D60EA279</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ContentTypeId">
     <vt:lpwstr>0x01010007945B1B39046F419754E848EE31D5EF</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>912840bb-90cc-4650-8b61-361ce513f1a2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>