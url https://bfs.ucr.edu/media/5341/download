--- v0 (2025-10-09)
+++ v1 (2026-03-29)
@@ -1,70 +1,71 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="24332"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://o365ucr.sharepoint.com/sites/BFS/GA/GA_Supervisor/A_Oracle_Production/CostTransferForm/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\uzairs\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{E2C50969-0B37-4AD6-BF40-65928F632C1F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{88F8D1E5-8D07-46C9-85D8-7048167F6352}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Guidelines and Instructions" sheetId="2" r:id="rId1"/>
     <sheet name="Oracle Cost Transfer Form" sheetId="3" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="FORM" localSheetId="1">'Oracle Cost Transfer Form'!$A$3:$AD$61</definedName>
+    <definedName name="FORM" localSheetId="1">'Oracle Cost Transfer Form'!$A$3:$AD$62</definedName>
     <definedName name="FORM">#REF!</definedName>
     <definedName name="FORMALLEN">#REF!</definedName>
     <definedName name="FORMBAILEYSERRES">#REF!</definedName>
     <definedName name="FORMBRAY">#REF!</definedName>
     <definedName name="FORMCLOSE">#REF!</definedName>
     <definedName name="FORMELLSTRAND">#REF!</definedName>
     <definedName name="FORMESTILAI">#REF!</definedName>
     <definedName name="FORMHALL">#REF!</definedName>
     <definedName name="FORMHOLT">#REF!</definedName>
     <definedName name="FORMHUANG">#REF!</definedName>
     <definedName name="FORMLORD">#REF!</definedName>
     <definedName name="FORMLOVATT">#REF!</definedName>
     <definedName name="FORMMCGIFFEN">#REF!</definedName>
     <definedName name="FORMNOTHNAGEL">#REF!</definedName>
     <definedName name="FORMWAINES">#REF!</definedName>
     <definedName name="FORMWALLING">#REF!</definedName>
     <definedName name="FORMWHITKUS">#REF!</definedName>
     <definedName name="FORMXU">#REF!</definedName>
     <definedName name="OA01A3">#REF!</definedName>
     <definedName name="OA01B5">#REF!</definedName>
     <definedName name="OA01B6">#REF!</definedName>
     <definedName name="OA01C5">#REF!</definedName>
     <definedName name="OA01E4">#REF!</definedName>
     <definedName name="OA01H2">#REF!</definedName>
     <definedName name="OA01H4">#REF!</definedName>
@@ -153,101 +154,116 @@
     <definedName name="OAARB5">#REF!</definedName>
     <definedName name="OAC2W2">#REF!</definedName>
     <definedName name="OAH2X2">#REF!</definedName>
     <definedName name="OAH4N2">#REF!</definedName>
     <definedName name="OAK4L7">#REF!</definedName>
     <definedName name="OAK7W2">#REF!</definedName>
     <definedName name="OAL3H5">#REF!</definedName>
     <definedName name="OAL4M4">#REF!</definedName>
     <definedName name="OAL5E4">#REF!</definedName>
     <definedName name="OAL6M4">#REF!</definedName>
     <definedName name="OAL9M4">#REF!</definedName>
     <definedName name="OAM2W1">#REF!</definedName>
     <definedName name="OAP2W3">#REF!</definedName>
     <definedName name="OAP3W1">#REF!</definedName>
     <definedName name="OAP7B6">#REF!</definedName>
     <definedName name="OAP8A3">#REF!</definedName>
     <definedName name="OAP9B5">#REF!</definedName>
     <definedName name="OAP9L6">#REF!</definedName>
     <definedName name="OAP9N2">#REF!</definedName>
     <definedName name="OAR6H2">#REF!</definedName>
     <definedName name="OAT7H2">#REF!</definedName>
     <definedName name="OAT8C5">#REF!</definedName>
     <definedName name="OAT8H4">#REF!</definedName>
     <definedName name="OAW3W1">#REF!</definedName>
     <definedName name="OAX6B6">#REF!</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="1">'Oracle Cost Transfer Form'!$A$3:$AD$67</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">'Oracle Cost Transfer Form'!$A$3:$AE$68</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
+<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
+<calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="AE17" i="3" l="1"/>
+  <c r="AE18" i="3"/>
+  <c r="AE19" i="3"/>
+  <c r="AE20" i="3"/>
+  <c r="AE21" i="3"/>
+  <c r="AE22" i="3"/>
+  <c r="AE23" i="3"/>
+  <c r="AE24" i="3"/>
+  <c r="AE25" i="3"/>
+  <c r="AE26" i="3"/>
+  <c r="AD27" i="3"/>
+  <c r="R27" i="3"/>
+  <c r="AE27" i="3" l="1"/>
+</calcChain>
+</file>
+
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="104" uniqueCount="86">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="106" uniqueCount="88">
   <si>
     <t>Instructions for completing the information required in the various fields of the Manual Exceptional Non-Payroll Cost Transfer Form are below.</t>
   </si>
   <si>
     <t>Sections</t>
   </si>
   <si>
     <t>Description of Information requiring completion</t>
   </si>
   <si>
     <t>The form must include details of the original transactions as outlined below</t>
   </si>
   <si>
     <t>a) The Fiscal Year and Period of the specific transaction being corrected.</t>
   </si>
   <si>
     <t>c) All COA fields must be completed under both Transfer From and Transfer To section:</t>
   </si>
   <si>
     <t>i) COA must include: ENTITY, FUND, ACTIVITY, ACCOUNT, FUNCTN, PROGRAM, PROJECT, FLEX 1, and FLEX 2.   Use default value when applicable</t>
   </si>
   <si>
     <t>ii) if contract and grant related project, please include project start and end dates</t>
   </si>
   <si>
     <t>d) Enter the Transfer From and Transfer To amounts</t>
-  </si>
-[...1 lines deleted...]
-    <t>i) debits and credit must net to zero for each line of the cost transfer form</t>
   </si>
   <si>
     <t>Supporting documentation and rationale</t>
   </si>
   <si>
     <t>The PI's  receiving the credit and being charged the expenses on contracts and grants fund sources should endorse the transfer.  Endorsement must have complete name, signature, and date.</t>
   </si>
   <si>
     <t>Cost transfers COA involving NON contracts and grants funds, the Department's Financial Manager should sign in Sections 5 and 6.</t>
   </si>
   <si>
     <t>The CFAO will print their complete name, sign, and date for any cost transfers that are over 120 days old or involve a prior year cost transfer</t>
   </si>
   <si>
     <t>Leave area is for "ACCOUNTING OFFICE USE ONLY" blank</t>
   </si>
   <si>
     <t>ORACLE FINANCIALS</t>
   </si>
   <si>
     <t>UNIVERSITY OF CALIFORNIA RIVERSIDE</t>
   </si>
   <si>
     <t>MANUAL, EXCEPTIONAL NON-PAYROLL COST TRANSFER FORM</t>
   </si>
@@ -497,53 +513,50 @@
       <t>If required</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>)</t>
     </r>
   </si>
   <si>
     <t>FUND MGR. APPROVAL</t>
   </si>
   <si>
     <t>JOURNAL BATCH ID NO.</t>
   </si>
   <si>
     <t>a)  Departments that have an authorized Balance Sheet clearing account can use the manual exceptional non-payroll cost transfer form to initiate corrections to balance sheet COA</t>
   </si>
   <si>
     <t>b)  Enter the Journal Line Reference, Journal Line Description, and the Accounting Sequence No of the transaction being corrected.</t>
   </si>
   <si>
     <t xml:space="preserve">b) Detailed reason(s) for the cost transfer should be stated and what action has been taken to eliminate future cost transfers.  Also, if partial expenses are being transferred, provide the allocation methology on how the expenses supported the fund.  Reasons simple stating to "correct an error" and/or  "expenses benefited the COA" is not sufficient. </t>
-  </si>
-[...1 lines deleted...]
-    <t>COA_Cost_Transfer_Form_and_Guidelines_v3.xlsx  Updated: 1-16-2025</t>
   </si>
   <si>
     <t>Mark (X) ONLY One of the two types of cost transfers - Current Year or Prior Year.
 Prior Year corrections are limited to the last three months of the prior fiscal year</t>
   </si>
   <si>
     <t>The same restrictions for the on-line Non-Payroll Cost Transfer apply to "'Manual" Non-Payroll Cost Transfer form, except:</t>
   </si>
   <si>
     <t xml:space="preserve">b)  Transfer of expenses between Budget Categories such as the transfer of an expense from BC60, Equipment &amp; Other Inventorial, to a non-inventorial equipment account under BC41 or BC46.  </t>
   </si>
   <si>
     <t>c)  This form cannot be used for payroll (i.e., salary and benefit transactions).</t>
   </si>
   <si>
     <t>d)  For Use Tax corrections, please use the COA_Use_Tax_Reversal_Cost_Transfer_Form_and_Guidelines.xlsx" document.
 It is available on Business and Financial Services website (bfs.ucr.edu) under Forms &amp; Resources/General Accounting, Plant, &amp; Equipment.</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">a) The department </t>
     </r>
     <r>
       <rPr>
         <u/>
@@ -654,60 +667,72 @@
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">for completing this </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color rgb="FFFF0000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Manual Exceptional Non-Payroll </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Cost Transfer Form. Accounting will only process journals for transactions of $5 or more on non-C&amp;G fund sources and $1 or more on C&amp;G fund sources</t>
     </r>
   </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total MUST Equal Zero</t>
+  </si>
+  <si>
+    <t>i) debits and credit must net to zero for each line of the cost transfer form (refer to the pre-populated sum totals)</t>
+  </si>
+  <si>
+    <t>COA_Cost_Transfer_Form_and_Guidelines_v3.xlsx  Updated: 03-26-2026</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="7" formatCode="&quot;$&quot;#,##0.00_);\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="164" formatCode="0.0000"/>
   </numFmts>
-  <fonts count="25">
+  <fonts count="25" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -840,51 +865,51 @@
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="52">
+  <borders count="51">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -1114,63 +1139,50 @@
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...11 lines deleted...]
-    <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
@@ -1231,178 +1243,139 @@
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
-        <color indexed="64"/>
-[...13 lines deleted...]
-      <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...9 lines deleted...]
-    <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
-      <right/>
-[...11 lines deleted...]
-      </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
@@ -1461,482 +1434,540 @@
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="double">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="double">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="176">
+  <cellXfs count="183">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="11" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="13" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="14" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="7" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="7" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="39" xfId="0" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="14" fontId="2" fillId="0" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="37" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="35" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="43" xfId="0" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="7" fontId="0" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="7" fontId="0" fillId="0" borderId="30" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="7" fontId="0" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="42" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="43" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="49" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="7" fontId="0" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="48" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="40" fontId="10" fillId="2" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="40" fontId="10" fillId="2" borderId="50" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="39" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
-    </xf>
-[...139 lines deleted...]
-      <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -1980,201 +2011,167 @@
       <rgbColor rgb="00996666"/>
       <rgbColor rgb="00666699"/>
       <rgbColor rgb="00969696"/>
       <rgbColor rgb="003333CC"/>
       <rgbColor rgb="00336666"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00663300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00424242"/>
     </indexedColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -2321,2628 +2318,2670 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor rgb="FFFFFF00"/>
   </sheetPr>
   <dimension ref="A1:X47"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection sqref="A1:B1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="13.42578125" customWidth="1"/>
     <col min="2" max="2" width="109.42578125" customWidth="1"/>
     <col min="3" max="3" width="2.85546875" customWidth="1"/>
     <col min="4" max="4" width="29.140625" style="16" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="27" style="16" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="10.7109375" style="16" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="11.5703125" style="16" customWidth="1"/>
     <col min="8" max="8" width="13" style="16" customWidth="1"/>
     <col min="9" max="9" width="12.7109375" style="16" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="18.85546875" style="16" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="13.140625" style="16" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="7.28515625" style="16" customWidth="1"/>
     <col min="13" max="13" width="11.7109375" style="16" bestFit="1" customWidth="1"/>
     <col min="14" max="15" width="11" style="16" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="12.28515625" style="16" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="34.42578125" style="16" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="33.5703125" style="16" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="23.140625" style="16" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="35.85546875" style="16" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="20.5703125" style="16" bestFit="1" customWidth="1"/>
     <col min="22" max="24" width="9.140625" style="16"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="45" customHeight="1">
-[...7 lines deleted...]
-      <c r="A2" s="105" t="s">
+    <row r="1" spans="1:5" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="110" t="s">
         <v>83</v>
       </c>
-      <c r="B2" s="106"/>
-[...36 lines deleted...]
-      <c r="A11" s="109" t="s">
+      <c r="B1" s="111"/>
+      <c r="E1" s="77"/>
+    </row>
+    <row r="2" spans="1:5" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="112" t="s">
+        <v>81</v>
+      </c>
+      <c r="B2" s="113"/>
+    </row>
+    <row r="3" spans="1:5" ht="13.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="114"/>
+      <c r="B3" s="115"/>
+      <c r="E3" s="75"/>
+    </row>
+    <row r="4" spans="1:5" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="114"/>
+      <c r="B4" s="115"/>
+    </row>
+    <row r="5" spans="1:5" ht="13.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="114"/>
+      <c r="B5" s="115"/>
+      <c r="E5" s="75"/>
+    </row>
+    <row r="6" spans="1:5" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="114"/>
+      <c r="B6" s="115"/>
+    </row>
+    <row r="7" spans="1:5" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="114"/>
+      <c r="B7" s="115"/>
+    </row>
+    <row r="8" spans="1:5" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="114"/>
+      <c r="B8" s="115"/>
+    </row>
+    <row r="9" spans="1:5" ht="47.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="114"/>
+      <c r="B9" s="115"/>
+    </row>
+    <row r="10" spans="1:5" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="41"/>
+      <c r="B10" s="42"/>
+    </row>
+    <row r="11" spans="1:5" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="116" t="s">
         <v>0</v>
       </c>
-      <c r="B11" s="110"/>
-[...5 lines deleted...]
-    <row r="13" spans="1:5" ht="15">
+      <c r="B11" s="117"/>
+    </row>
+    <row r="12" spans="1:5" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="118"/>
+      <c r="B12" s="119"/>
+    </row>
+    <row r="13" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A13" s="11" t="s">
         <v>1</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="14" spans="1:5" ht="14.25">
+    <row r="14" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A14" s="13"/>
       <c r="B14" s="14"/>
     </row>
-    <row r="15" spans="1:5" ht="28.5">
+    <row r="15" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A15" s="13">
         <v>1</v>
       </c>
-      <c r="B15" s="92" t="s">
-[...4 lines deleted...]
-    <row r="16" spans="1:5" ht="14.25">
+      <c r="B15" s="81" t="s">
+        <v>74</v>
+      </c>
+      <c r="E15" s="76"/>
+    </row>
+    <row r="16" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A16" s="13"/>
-      <c r="B16" s="41"/>
-[...2 lines deleted...]
-    <row r="17" spans="1:2" ht="28.5">
+      <c r="B16" s="38"/>
+      <c r="E16" s="76"/>
+    </row>
+    <row r="17" spans="1:2" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A17" s="13">
         <v>2</v>
       </c>
-      <c r="B17" s="92" t="s">
+      <c r="B17" s="81" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="18" spans="1:2" ht="28.5" x14ac:dyDescent="0.2">
+      <c r="A18" s="13"/>
+      <c r="B18" s="81" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="19" spans="1:2" ht="28.5" x14ac:dyDescent="0.2">
+      <c r="A19" s="13"/>
+      <c r="B19" s="81" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="20" spans="1:2" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A20" s="13"/>
+      <c r="B20" s="81" t="s">
         <v>77</v>
       </c>
     </row>
-    <row r="18" spans="1:2" ht="28.5">
-[...7 lines deleted...]
-      <c r="B19" s="92" t="s">
+    <row r="21" spans="1:2" ht="71.25" x14ac:dyDescent="0.2">
+      <c r="A21" s="13"/>
+      <c r="B21" s="82" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="20" spans="1:2" ht="14.25">
-[...11 lines deleted...]
-    <row r="22" spans="1:2" ht="14.25">
+    <row r="22" spans="1:2" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A22" s="13"/>
       <c r="B22" s="14"/>
     </row>
-    <row r="23" spans="1:2" ht="15">
+    <row r="23" spans="1:2" ht="15" x14ac:dyDescent="0.2">
       <c r="A23" s="13">
         <v>3</v>
       </c>
-      <c r="B23" s="94" t="s">
+      <c r="B23" s="83" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="24" spans="1:2" ht="14.25">
+    <row r="24" spans="1:2" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A24" s="13"/>
-      <c r="B24" s="95" t="s">
+      <c r="B24" s="84" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="25" spans="1:2" ht="28.5">
+    <row r="25" spans="1:2" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A25" s="13"/>
-      <c r="B25" s="92" t="s">
-[...3 lines deleted...]
-    <row r="26" spans="1:2" ht="14.25">
+      <c r="B25" s="81" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="26" spans="1:2" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A26" s="13"/>
-      <c r="B26" s="96" t="s">
+      <c r="B26" s="85" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="27" spans="1:2" ht="28.5">
+    <row r="27" spans="1:2" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A27" s="13"/>
-      <c r="B27" s="97" t="s">
+      <c r="B27" s="86" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="28" spans="1:2" ht="14.25">
+    <row r="28" spans="1:2" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A28" s="13"/>
-      <c r="B28" s="98" t="s">
+      <c r="B28" s="87" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="29" spans="1:2" ht="14.25">
+    <row r="29" spans="1:2" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A29" s="13"/>
-      <c r="B29" s="99" t="s">
+      <c r="B29" s="88" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="30" spans="1:2" ht="14.25">
+    <row r="30" spans="1:2" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A30" s="13"/>
-      <c r="B30" s="100" t="s">
-[...3 lines deleted...]
-    <row r="31" spans="1:2" ht="14.25">
+      <c r="B30" s="89" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="31" spans="1:2" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A31" s="13">
         <v>4</v>
       </c>
-      <c r="B31" s="100" t="s">
-[...8 lines deleted...]
-    <row r="33" spans="1:5" ht="57">
+      <c r="B31" s="89" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="32" spans="1:2" ht="71.25" x14ac:dyDescent="0.2">
+      <c r="B32" s="90" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" ht="57" x14ac:dyDescent="0.2">
       <c r="A33" s="13"/>
-      <c r="B33" s="92" t="s">
-[...3 lines deleted...]
-    <row r="34" spans="1:5" ht="14.25">
+      <c r="B33" s="81" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A34" s="13"/>
       <c r="B34" s="14"/>
     </row>
-    <row r="35" spans="1:5" ht="72.75">
+    <row r="35" spans="1:5" ht="72.75" x14ac:dyDescent="0.2">
       <c r="A35" s="13">
         <v>5</v>
       </c>
-      <c r="B35" s="101" t="s">
-[...4 lines deleted...]
-    <row r="36" spans="1:5" ht="14.25">
+      <c r="B35" s="90" t="s">
+        <v>82</v>
+      </c>
+      <c r="E35" s="76"/>
+    </row>
+    <row r="36" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A36" s="13"/>
       <c r="B36" s="14"/>
     </row>
-    <row r="37" spans="1:5" ht="28.5">
+    <row r="37" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A37" s="13">
         <v>6</v>
       </c>
-      <c r="B37" s="92" t="s">
-[...4 lines deleted...]
-    <row r="38" spans="1:5" ht="14.25">
+      <c r="B37" s="81" t="s">
+        <v>10</v>
+      </c>
+      <c r="E37" s="76"/>
+    </row>
+    <row r="38" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A38" s="13"/>
       <c r="B38" s="17"/>
     </row>
-    <row r="39" spans="1:5" ht="28.5">
+    <row r="39" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A39" s="13">
         <v>7</v>
       </c>
-      <c r="B39" s="92" t="s">
-[...4 lines deleted...]
-    <row r="40" spans="1:5" ht="14.25">
+      <c r="B39" s="81" t="s">
+        <v>11</v>
+      </c>
+      <c r="E39" s="76"/>
+    </row>
+    <row r="40" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A40" s="13"/>
       <c r="B40" s="14"/>
     </row>
-    <row r="41" spans="1:5" ht="28.5">
+    <row r="41" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A41" s="13">
         <v>8</v>
       </c>
-      <c r="B41" s="92" t="s">
-[...4 lines deleted...]
-    <row r="42" spans="1:5" ht="14.25">
+      <c r="B41" s="81" t="s">
+        <v>12</v>
+      </c>
+      <c r="E41" s="76"/>
+    </row>
+    <row r="42" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A42" s="13"/>
       <c r="B42" s="14"/>
     </row>
-    <row r="43" spans="1:5" ht="14.25">
+    <row r="43" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A43" s="13">
         <v>9</v>
       </c>
-      <c r="B43" s="95" t="s">
-[...8 lines deleted...]
-      <c r="A45" s="89">
+      <c r="B43" s="84" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A44" s="78"/>
+      <c r="B44" s="79"/>
+    </row>
+    <row r="45" spans="1:5" ht="186.75" x14ac:dyDescent="0.2">
+      <c r="A45" s="78">
         <v>10</v>
       </c>
-      <c r="B45" s="102" t="s">
-[...7 lines deleted...]
-    <row r="47" spans="1:5" ht="13.5" thickBot="1">
+      <c r="B45" s="91" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A46" s="78"/>
+      <c r="B46" s="79"/>
+    </row>
+    <row r="47" spans="1:5" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A47" s="15"/>
-      <c r="B47" s="91" t="s">
-        <v>75</v>
+      <c r="B47" s="80" t="s">
+        <v>87</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="A2:B9"/>
     <mergeCell ref="A11:B12"/>
   </mergeCells>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{725B12D2-DED9-4A64-B353-CD123915A349}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A3:AD70"/>
+  <dimension ref="A3:AE71"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A46" zoomScale="90" zoomScaleNormal="90" zoomScalePageLayoutView="59" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView showGridLines="0" zoomScale="90" zoomScaleNormal="90" zoomScalePageLayoutView="59" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="6" customWidth="1"/>
+    <col min="1" max="1" width="6.5703125" customWidth="1"/>
     <col min="2" max="2" width="9.85546875" customWidth="1"/>
     <col min="3" max="4" width="14.5703125" customWidth="1"/>
     <col min="5" max="5" width="19.42578125" customWidth="1"/>
     <col min="6" max="6" width="26" customWidth="1"/>
     <col min="7" max="7" width="9.140625" customWidth="1"/>
     <col min="8" max="9" width="11.140625" customWidth="1"/>
     <col min="10" max="10" width="12.28515625" customWidth="1"/>
     <col min="11" max="11" width="7.5703125" customWidth="1"/>
     <col min="12" max="12" width="10.85546875" customWidth="1"/>
     <col min="13" max="29" width="15.7109375" customWidth="1"/>
-    <col min="30" max="30" width="16.5703125" customWidth="1"/>
+    <col min="30" max="31" width="16.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:30" ht="24" customHeight="1">
-      <c r="A3" s="113" t="s">
+    <row r="3" spans="1:31" ht="24" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A3" s="169" t="s">
+        <v>14</v>
+      </c>
+      <c r="B3" s="169"/>
+      <c r="C3" s="169"/>
+      <c r="D3" s="169"/>
+      <c r="E3" s="169"/>
+      <c r="F3" s="169"/>
+      <c r="G3" s="169"/>
+      <c r="H3" s="169"/>
+      <c r="I3" s="169"/>
+      <c r="J3" s="169"/>
+      <c r="K3" s="169"/>
+      <c r="L3" s="169"/>
+      <c r="M3" s="169"/>
+      <c r="N3" s="169"/>
+      <c r="O3" s="169"/>
+      <c r="P3" s="169"/>
+      <c r="Q3" s="169"/>
+      <c r="R3" s="169"/>
+      <c r="S3" s="169"/>
+      <c r="T3" s="169"/>
+      <c r="U3" s="169"/>
+      <c r="V3" s="169"/>
+      <c r="W3" s="169"/>
+      <c r="X3" s="169"/>
+      <c r="Y3" s="169"/>
+      <c r="Z3" s="169"/>
+      <c r="AA3" s="169"/>
+      <c r="AB3" s="169"/>
+      <c r="AC3" s="169"/>
+      <c r="AD3" s="169"/>
+    </row>
+    <row r="4" spans="1:31" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="170" t="s">
         <v>15</v>
       </c>
-      <c r="B3" s="113"/>
-[...30 lines deleted...]
-      <c r="A4" s="114" t="s">
+      <c r="B4" s="170"/>
+      <c r="C4" s="170"/>
+      <c r="D4" s="170"/>
+      <c r="E4" s="170"/>
+      <c r="F4" s="170"/>
+      <c r="G4" s="170"/>
+      <c r="H4" s="170"/>
+      <c r="I4" s="170"/>
+      <c r="J4" s="170"/>
+      <c r="K4" s="170"/>
+      <c r="L4" s="170"/>
+      <c r="M4" s="170"/>
+      <c r="N4" s="170"/>
+      <c r="O4" s="170"/>
+      <c r="P4" s="170"/>
+      <c r="Q4" s="170"/>
+      <c r="R4" s="170"/>
+      <c r="S4" s="170"/>
+      <c r="T4" s="170"/>
+      <c r="U4" s="170"/>
+      <c r="V4" s="170"/>
+      <c r="W4" s="170"/>
+      <c r="X4" s="170"/>
+      <c r="Y4" s="170"/>
+      <c r="Z4" s="170"/>
+      <c r="AA4" s="170"/>
+      <c r="AB4" s="170"/>
+      <c r="AC4" s="170"/>
+      <c r="AD4" s="170"/>
+    </row>
+    <row r="5" spans="1:31" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="170" t="s">
         <v>16</v>
       </c>
-      <c r="B4" s="114"/>
-[...30 lines deleted...]
-      <c r="A5" s="114" t="s">
+      <c r="B5" s="170"/>
+      <c r="C5" s="170"/>
+      <c r="D5" s="170"/>
+      <c r="E5" s="170"/>
+      <c r="F5" s="170"/>
+      <c r="G5" s="170"/>
+      <c r="H5" s="170"/>
+      <c r="I5" s="170"/>
+      <c r="J5" s="170"/>
+      <c r="K5" s="170"/>
+      <c r="L5" s="170"/>
+      <c r="M5" s="170"/>
+      <c r="N5" s="170"/>
+      <c r="O5" s="170"/>
+      <c r="P5" s="170"/>
+      <c r="Q5" s="170"/>
+      <c r="R5" s="170"/>
+      <c r="S5" s="170"/>
+      <c r="T5" s="170"/>
+      <c r="U5" s="170"/>
+      <c r="V5" s="170"/>
+      <c r="W5" s="170"/>
+      <c r="X5" s="170"/>
+      <c r="Y5" s="170"/>
+      <c r="Z5" s="170"/>
+      <c r="AA5" s="170"/>
+      <c r="AB5" s="170"/>
+      <c r="AC5" s="170"/>
+      <c r="AD5" s="170"/>
+    </row>
+    <row r="6" spans="1:31" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="64" t="s">
         <v>17</v>
       </c>
-      <c r="B5" s="114"/>
-[...30 lines deleted...]
-      <c r="A6" s="75" t="s">
+      <c r="B6" s="65"/>
+      <c r="C6" s="65"/>
+      <c r="D6" s="66"/>
+    </row>
+    <row r="7" spans="1:31" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="63" t="s">
         <v>18</v>
-      </c>
-[...6 lines deleted...]
-        <v>19</v>
       </c>
       <c r="E7" s="18"/>
       <c r="F7" s="18"/>
       <c r="G7" s="18"/>
       <c r="H7" s="19"/>
       <c r="I7" s="18"/>
       <c r="J7" s="18"/>
-      <c r="K7" s="42"/>
+      <c r="K7" s="39"/>
       <c r="L7" s="18"/>
       <c r="M7" s="18"/>
       <c r="N7" s="18"/>
       <c r="O7" s="18"/>
       <c r="P7" s="18"/>
       <c r="Q7" s="18"/>
       <c r="R7" s="18"/>
       <c r="S7" s="18"/>
       <c r="T7" s="18"/>
       <c r="U7" s="18"/>
       <c r="V7" s="18"/>
       <c r="W7" s="18"/>
       <c r="X7" s="18"/>
       <c r="Y7" s="18"/>
       <c r="Z7" s="18"/>
       <c r="AA7" s="18"/>
       <c r="AB7" s="18"/>
       <c r="AC7" s="18"/>
       <c r="AD7" s="18"/>
-    </row>
-    <row r="8" spans="1:30">
+      <c r="AE7" s="18"/>
+    </row>
+    <row r="8" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A8" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D8" s="25"/>
+      <c r="E8" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="D8" s="26"/>
-      <c r="E8" s="1" t="s">
+      <c r="G8" s="25"/>
+      <c r="M8" s="25"/>
+      <c r="N8" s="25"/>
+      <c r="O8" s="25"/>
+      <c r="P8" s="25"/>
+      <c r="Q8" s="25"/>
+      <c r="R8" s="25"/>
+      <c r="S8" s="25"/>
+      <c r="T8" s="25"/>
+      <c r="U8" s="25"/>
+      <c r="V8" s="25"/>
+      <c r="W8" s="25"/>
+      <c r="X8" s="25"/>
+      <c r="Y8" s="25"/>
+      <c r="Z8" s="25"/>
+      <c r="AA8" s="25"/>
+      <c r="AB8" s="25"/>
+      <c r="AC8" s="25"/>
+    </row>
+    <row r="9" spans="1:31" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="1"/>
+      <c r="M9" s="25"/>
+      <c r="N9" s="25"/>
+      <c r="O9" s="25"/>
+      <c r="P9" s="25"/>
+      <c r="Q9" s="25"/>
+      <c r="R9" s="25"/>
+      <c r="S9" s="25"/>
+      <c r="T9" s="25"/>
+      <c r="U9" s="25"/>
+      <c r="V9" s="25"/>
+      <c r="W9" s="25"/>
+      <c r="X9" s="25"/>
+      <c r="Y9" s="25"/>
+      <c r="Z9" s="25"/>
+      <c r="AA9" s="25"/>
+      <c r="AB9" s="25"/>
+      <c r="AC9" s="25"/>
+    </row>
+    <row r="10" spans="1:31" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="64" t="s">
         <v>21</v>
       </c>
-      <c r="G8" s="26"/>
-[...39 lines deleted...]
-      <c r="A10" s="75" t="s">
+      <c r="B10" s="65"/>
+      <c r="C10" s="65"/>
+      <c r="D10" s="66"/>
+      <c r="M10" s="25"/>
+      <c r="N10" s="25"/>
+      <c r="O10" s="25"/>
+      <c r="P10" s="25"/>
+      <c r="Q10" s="25"/>
+      <c r="R10" s="25"/>
+      <c r="S10" s="25"/>
+      <c r="T10" s="25"/>
+      <c r="U10" s="25"/>
+      <c r="V10" s="25"/>
+      <c r="W10" s="25"/>
+      <c r="X10" s="25"/>
+      <c r="Y10" s="25"/>
+      <c r="Z10" s="25"/>
+      <c r="AA10" s="25"/>
+      <c r="AB10" s="25"/>
+      <c r="AC10" s="25"/>
+    </row>
+    <row r="11" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A11" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="B10" s="76"/>
-[...21 lines deleted...]
-      <c r="A11" s="1" t="s">
+      <c r="D11" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="D11" s="1" t="s">
+      <c r="G11" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="G11" s="1" t="s">
+      <c r="L11" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="L11" s="1" t="s">
+      <c r="M11" s="25"/>
+      <c r="N11" s="25"/>
+      <c r="O11" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="M11" s="26"/>
-[...1 lines deleted...]
-      <c r="O11" s="1" t="s">
+      <c r="P11" s="25"/>
+      <c r="Q11" s="25"/>
+      <c r="R11" s="25"/>
+      <c r="S11" s="25"/>
+      <c r="T11" s="25"/>
+      <c r="U11" s="25"/>
+      <c r="V11" s="25"/>
+      <c r="W11" s="25"/>
+      <c r="X11" s="25"/>
+      <c r="Y11" s="25"/>
+      <c r="Z11" s="25"/>
+      <c r="AA11" s="25"/>
+      <c r="AB11" s="25"/>
+      <c r="AC11" s="25"/>
+    </row>
+    <row r="12" spans="1:31" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="E12" s="25"/>
+      <c r="F12" s="25"/>
+      <c r="M12" s="25"/>
+      <c r="N12" s="25"/>
+      <c r="O12" s="25"/>
+      <c r="P12" s="25"/>
+      <c r="Q12" s="25"/>
+      <c r="R12" s="25"/>
+      <c r="S12" s="25"/>
+      <c r="T12" s="25"/>
+      <c r="U12" s="25"/>
+      <c r="V12" s="25"/>
+      <c r="W12" s="25"/>
+      <c r="X12" s="25"/>
+      <c r="Y12" s="25"/>
+      <c r="Z12" s="25"/>
+      <c r="AA12" s="25"/>
+      <c r="AB12" s="25"/>
+      <c r="AC12" s="25"/>
+      <c r="AD12" s="25"/>
+      <c r="AE12" s="25"/>
+    </row>
+    <row r="13" spans="1:31" ht="15.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="64" t="s">
         <v>27</v>
       </c>
-      <c r="P11" s="26"/>
-[...37 lines deleted...]
-      <c r="A13" s="75" t="s">
+      <c r="B13" s="65"/>
+      <c r="C13" s="65"/>
+      <c r="D13" s="66"/>
+      <c r="H13" s="49"/>
+      <c r="K13" s="25"/>
+      <c r="L13" s="25"/>
+      <c r="M13" s="25"/>
+      <c r="N13" s="25"/>
+      <c r="O13" s="25"/>
+      <c r="P13" s="25"/>
+      <c r="Q13" s="25"/>
+      <c r="R13" s="25"/>
+      <c r="S13" s="25"/>
+      <c r="T13" s="25"/>
+      <c r="U13" s="25"/>
+      <c r="V13" s="25"/>
+      <c r="W13" s="25"/>
+      <c r="X13" s="25"/>
+      <c r="Y13" s="25"/>
+      <c r="Z13" s="25"/>
+      <c r="AA13" s="25"/>
+      <c r="AB13" s="25"/>
+      <c r="AC13" s="25"/>
+      <c r="AD13" s="25"/>
+      <c r="AE13" s="25"/>
+    </row>
+    <row r="14" spans="1:31" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="67"/>
+      <c r="B14" s="178" t="s">
         <v>28</v>
       </c>
-      <c r="B13" s="76"/>
-[...26 lines deleted...]
-      <c r="B14" s="124" t="s">
+      <c r="C14" s="179"/>
+      <c r="D14" s="179"/>
+      <c r="E14" s="180"/>
+      <c r="F14" s="180"/>
+      <c r="G14" s="175" t="s">
         <v>29</v>
       </c>
-      <c r="C14" s="125"/>
-[...3 lines deleted...]
-      <c r="G14" s="120" t="s">
+      <c r="H14" s="176"/>
+      <c r="I14" s="176"/>
+      <c r="J14" s="176"/>
+      <c r="K14" s="176"/>
+      <c r="L14" s="176"/>
+      <c r="M14" s="176"/>
+      <c r="N14" s="176"/>
+      <c r="O14" s="176"/>
+      <c r="P14" s="176"/>
+      <c r="Q14" s="176"/>
+      <c r="R14" s="177"/>
+      <c r="S14" s="175" t="s">
         <v>30</v>
       </c>
-      <c r="H14" s="121"/>
-[...10 lines deleted...]
-      <c r="S14" s="120" t="s">
+      <c r="T14" s="176"/>
+      <c r="U14" s="176"/>
+      <c r="V14" s="176"/>
+      <c r="W14" s="176"/>
+      <c r="X14" s="176"/>
+      <c r="Y14" s="176"/>
+      <c r="Z14" s="176"/>
+      <c r="AA14" s="176"/>
+      <c r="AB14" s="176"/>
+      <c r="AC14" s="176"/>
+      <c r="AD14" s="177"/>
+      <c r="AE14" s="67"/>
+    </row>
+    <row r="15" spans="1:31" ht="40.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="126" t="s">
         <v>31</v>
       </c>
-      <c r="T14" s="121"/>
-[...12 lines deleted...]
-      <c r="A15" s="168" t="s">
+      <c r="B15" s="152" t="s">
         <v>32</v>
       </c>
-      <c r="B15" s="137" t="s">
+      <c r="C15" s="154" t="s">
         <v>33</v>
       </c>
-      <c r="C15" s="127" t="s">
+      <c r="D15" s="148" t="s">
         <v>34</v>
       </c>
-      <c r="D15" s="133" t="s">
+      <c r="E15" s="128" t="s">
         <v>35</v>
       </c>
-      <c r="E15" s="115" t="s">
+      <c r="F15" s="154" t="s">
         <v>36</v>
       </c>
-      <c r="F15" s="127" t="s">
+      <c r="G15" s="146" t="s">
         <v>37</v>
       </c>
-      <c r="G15" s="159" t="s">
+      <c r="H15" s="128" t="s">
         <v>38</v>
       </c>
-      <c r="H15" s="115" t="s">
+      <c r="I15" s="128" t="s">
         <v>39</v>
       </c>
-      <c r="I15" s="115" t="s">
+      <c r="J15" s="128" t="s">
         <v>40</v>
       </c>
-      <c r="J15" s="115" t="s">
+      <c r="K15" s="128" t="s">
         <v>41</v>
       </c>
-      <c r="K15" s="115" t="s">
+      <c r="L15" s="128" t="s">
         <v>42</v>
       </c>
-      <c r="L15" s="115" t="s">
+      <c r="M15" s="128" t="s">
         <v>43</v>
       </c>
-      <c r="M15" s="115" t="s">
+      <c r="N15" s="172" t="s">
         <v>44</v>
       </c>
-      <c r="N15" s="117" t="s">
+      <c r="O15" s="172"/>
+      <c r="P15" s="128" t="s">
         <v>45</v>
       </c>
-      <c r="O15" s="117"/>
-      <c r="P15" s="115" t="s">
+      <c r="Q15" s="128" t="s">
         <v>46</v>
       </c>
-      <c r="Q15" s="115" t="s">
+      <c r="R15" s="181" t="s">
         <v>47</v>
       </c>
-      <c r="R15" s="129" t="s">
+      <c r="S15" s="146" t="s">
+        <v>37</v>
+      </c>
+      <c r="T15" s="128" t="s">
+        <v>38</v>
+      </c>
+      <c r="U15" s="128" t="s">
+        <v>39</v>
+      </c>
+      <c r="V15" s="128" t="s">
+        <v>40</v>
+      </c>
+      <c r="W15" s="128" t="s">
+        <v>41</v>
+      </c>
+      <c r="X15" s="128" t="s">
+        <v>42</v>
+      </c>
+      <c r="Y15" s="128" t="s">
+        <v>43</v>
+      </c>
+      <c r="Z15" s="173" t="s">
+        <v>44</v>
+      </c>
+      <c r="AA15" s="174"/>
+      <c r="AB15" s="128" t="s">
+        <v>45</v>
+      </c>
+      <c r="AC15" s="128" t="s">
+        <v>46</v>
+      </c>
+      <c r="AD15" s="167" t="s">
         <v>48</v>
       </c>
-      <c r="S15" s="159" t="s">
-[...30 lines deleted...]
-      <c r="AD15" s="131" t="s">
+      <c r="AE15" s="167" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="16" spans="1:31" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="127"/>
+      <c r="B16" s="153"/>
+      <c r="C16" s="155"/>
+      <c r="D16" s="149"/>
+      <c r="E16" s="129"/>
+      <c r="F16" s="155"/>
+      <c r="G16" s="147"/>
+      <c r="H16" s="129"/>
+      <c r="I16" s="129"/>
+      <c r="J16" s="129"/>
+      <c r="K16" s="129"/>
+      <c r="L16" s="171"/>
+      <c r="M16" s="130"/>
+      <c r="N16" s="54" t="s">
         <v>49</v>
       </c>
-    </row>
-[...14 lines deleted...]
-      <c r="N16" s="62" t="s">
+      <c r="O16" s="48" t="s">
         <v>50</v>
       </c>
-      <c r="O16" s="53" t="s">
-[...12 lines deleted...]
-      <c r="Z16" s="49" t="s">
+      <c r="P16" s="129"/>
+      <c r="Q16" s="129"/>
+      <c r="R16" s="182"/>
+      <c r="S16" s="147"/>
+      <c r="T16" s="129"/>
+      <c r="U16" s="129"/>
+      <c r="V16" s="129"/>
+      <c r="W16" s="129"/>
+      <c r="X16" s="171"/>
+      <c r="Y16" s="130"/>
+      <c r="Z16" s="45" t="s">
+        <v>49</v>
+      </c>
+      <c r="AA16" s="24" t="s">
         <v>50</v>
       </c>
-      <c r="AA16" s="24" t="s">
-[...7 lines deleted...]
-      <c r="A17" s="57">
+      <c r="AB16" s="129"/>
+      <c r="AC16" s="129"/>
+      <c r="AD16" s="168"/>
+      <c r="AE16" s="168"/>
+    </row>
+    <row r="17" spans="1:31" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="51">
         <v>1</v>
       </c>
-      <c r="B17" s="58"/>
-[...1 lines deleted...]
-      <c r="D17" s="52"/>
+      <c r="B17" s="52"/>
+      <c r="C17" s="47"/>
+      <c r="D17" s="47"/>
       <c r="E17" s="22"/>
-      <c r="F17" s="57"/>
-      <c r="G17" s="37"/>
+      <c r="F17" s="51"/>
+      <c r="G17" s="36"/>
       <c r="H17" s="23"/>
-      <c r="I17" s="43"/>
+      <c r="I17" s="40"/>
       <c r="J17" s="23"/>
       <c r="K17" s="23"/>
       <c r="L17" s="23"/>
-      <c r="M17" s="40"/>
-[...1 lines deleted...]
-      <c r="O17" s="47"/>
+      <c r="M17" s="37"/>
+      <c r="N17" s="43"/>
+      <c r="O17" s="43"/>
       <c r="P17" s="23"/>
-      <c r="Q17" s="50"/>
-[...1 lines deleted...]
-      <c r="S17" s="37"/>
+      <c r="Q17" s="46"/>
+      <c r="R17" s="51"/>
+      <c r="S17" s="36"/>
       <c r="T17" s="22"/>
-      <c r="U17" s="64"/>
+      <c r="U17" s="55"/>
       <c r="V17" s="22"/>
       <c r="W17" s="22"/>
       <c r="X17" s="22"/>
-      <c r="Y17" s="40"/>
-[...1 lines deleted...]
-      <c r="AA17" s="40"/>
+      <c r="Y17" s="37"/>
+      <c r="Z17" s="37"/>
+      <c r="AA17" s="37"/>
       <c r="AB17" s="22"/>
       <c r="AC17" s="22"/>
-      <c r="AD17" s="65"/>
-[...2 lines deleted...]
-      <c r="A18" s="57">
+      <c r="AD17" s="56"/>
+      <c r="AE17" s="56">
+        <f t="shared" ref="AE17:AE26" si="0">R17+AD17</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:31" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="51">
         <v>2</v>
       </c>
-      <c r="B18" s="58"/>
-[...1 lines deleted...]
-      <c r="D18" s="53"/>
+      <c r="B18" s="52"/>
+      <c r="C18" s="48"/>
+      <c r="D18" s="48"/>
       <c r="E18" s="22"/>
-      <c r="F18" s="57"/>
-      <c r="G18" s="37"/>
+      <c r="F18" s="51"/>
+      <c r="G18" s="36"/>
       <c r="H18" s="23"/>
-      <c r="I18" s="43"/>
+      <c r="I18" s="40"/>
       <c r="J18" s="23"/>
       <c r="K18" s="23"/>
       <c r="L18" s="23"/>
       <c r="M18" s="22"/>
-      <c r="N18" s="48"/>
-      <c r="O18" s="48"/>
+      <c r="N18" s="44"/>
+      <c r="O18" s="44"/>
       <c r="P18" s="23"/>
-      <c r="Q18" s="50"/>
-[...1 lines deleted...]
-      <c r="S18" s="37"/>
+      <c r="Q18" s="46"/>
+      <c r="R18" s="51"/>
+      <c r="S18" s="36"/>
       <c r="T18" s="22"/>
-      <c r="U18" s="64"/>
+      <c r="U18" s="55"/>
       <c r="V18" s="22"/>
       <c r="W18" s="22"/>
       <c r="X18" s="22"/>
       <c r="Y18" s="22"/>
       <c r="Z18" s="22"/>
       <c r="AA18" s="22"/>
       <c r="AB18" s="22"/>
       <c r="AC18" s="22"/>
-      <c r="AD18" s="65"/>
-[...2 lines deleted...]
-      <c r="A19" s="57">
+      <c r="AD18" s="56"/>
+      <c r="AE18" s="56">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:31" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="51">
         <v>3</v>
       </c>
-      <c r="B19" s="58"/>
-[...1 lines deleted...]
-      <c r="D19" s="53"/>
+      <c r="B19" s="52"/>
+      <c r="C19" s="48"/>
+      <c r="D19" s="48"/>
       <c r="E19" s="22"/>
-      <c r="F19" s="57"/>
-      <c r="G19" s="37"/>
+      <c r="F19" s="51"/>
+      <c r="G19" s="36"/>
       <c r="H19" s="23"/>
-      <c r="I19" s="43"/>
+      <c r="I19" s="40"/>
       <c r="J19" s="23"/>
       <c r="K19" s="23"/>
       <c r="L19" s="23"/>
       <c r="M19" s="22"/>
-      <c r="N19" s="48"/>
-      <c r="O19" s="48"/>
+      <c r="N19" s="44"/>
+      <c r="O19" s="44"/>
       <c r="P19" s="23"/>
-      <c r="Q19" s="50"/>
-[...1 lines deleted...]
-      <c r="S19" s="37"/>
+      <c r="Q19" s="46"/>
+      <c r="R19" s="51"/>
+      <c r="S19" s="36"/>
       <c r="T19" s="22"/>
-      <c r="U19" s="64"/>
+      <c r="U19" s="55"/>
       <c r="V19" s="22"/>
       <c r="W19" s="22"/>
       <c r="X19" s="22"/>
       <c r="Y19" s="22"/>
       <c r="Z19" s="22"/>
       <c r="AA19" s="22"/>
       <c r="AB19" s="22"/>
       <c r="AC19" s="22"/>
-      <c r="AD19" s="65"/>
-[...2 lines deleted...]
-      <c r="A20" s="57">
+      <c r="AD19" s="56"/>
+      <c r="AE19" s="56">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:31" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="51">
         <v>4</v>
       </c>
-      <c r="B20" s="58"/>
-[...1 lines deleted...]
-      <c r="D20" s="53"/>
+      <c r="B20" s="52"/>
+      <c r="C20" s="48"/>
+      <c r="D20" s="48"/>
       <c r="E20" s="22"/>
-      <c r="F20" s="57"/>
-      <c r="G20" s="37"/>
+      <c r="F20" s="51"/>
+      <c r="G20" s="36"/>
       <c r="H20" s="23"/>
-      <c r="I20" s="43"/>
+      <c r="I20" s="40"/>
       <c r="J20" s="23"/>
       <c r="K20" s="23"/>
       <c r="L20" s="23"/>
       <c r="M20" s="22"/>
-      <c r="N20" s="48"/>
-      <c r="O20" s="48"/>
+      <c r="N20" s="44"/>
+      <c r="O20" s="44"/>
       <c r="P20" s="23"/>
-      <c r="Q20" s="50"/>
-[...1 lines deleted...]
-      <c r="S20" s="37"/>
+      <c r="Q20" s="46"/>
+      <c r="R20" s="51"/>
+      <c r="S20" s="36"/>
       <c r="T20" s="22"/>
-      <c r="U20" s="64"/>
+      <c r="U20" s="55"/>
       <c r="V20" s="22"/>
       <c r="W20" s="22"/>
       <c r="X20" s="22"/>
       <c r="Y20" s="22"/>
       <c r="Z20" s="22"/>
       <c r="AA20" s="22"/>
       <c r="AB20" s="22"/>
       <c r="AC20" s="22"/>
-      <c r="AD20" s="65"/>
-[...2 lines deleted...]
-      <c r="A21" s="57">
+      <c r="AD20" s="56"/>
+      <c r="AE20" s="56">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:31" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="51">
         <v>5</v>
       </c>
-      <c r="B21" s="58"/>
-[...1 lines deleted...]
-      <c r="D21" s="53"/>
+      <c r="B21" s="52"/>
+      <c r="C21" s="48"/>
+      <c r="D21" s="48"/>
       <c r="E21" s="22"/>
-      <c r="F21" s="57"/>
-      <c r="G21" s="37"/>
+      <c r="F21" s="51"/>
+      <c r="G21" s="36"/>
       <c r="H21" s="23"/>
-      <c r="I21" s="43"/>
+      <c r="I21" s="40"/>
       <c r="J21" s="23"/>
       <c r="K21" s="23"/>
       <c r="L21" s="23"/>
       <c r="M21" s="22"/>
-      <c r="N21" s="48"/>
-      <c r="O21" s="48"/>
+      <c r="N21" s="44"/>
+      <c r="O21" s="44"/>
       <c r="P21" s="23"/>
-      <c r="Q21" s="50"/>
-[...1 lines deleted...]
-      <c r="S21" s="37"/>
+      <c r="Q21" s="46"/>
+      <c r="R21" s="51"/>
+      <c r="S21" s="36"/>
       <c r="T21" s="22"/>
-      <c r="U21" s="64"/>
+      <c r="U21" s="55"/>
       <c r="V21" s="22"/>
       <c r="W21" s="22"/>
       <c r="X21" s="22"/>
       <c r="Y21" s="22"/>
       <c r="Z21" s="22"/>
       <c r="AA21" s="22"/>
       <c r="AB21" s="22"/>
       <c r="AC21" s="22"/>
-      <c r="AD21" s="65"/>
-[...2 lines deleted...]
-      <c r="A22" s="57">
+      <c r="AD21" s="56"/>
+      <c r="AE21" s="56">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:31" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="51">
         <v>6</v>
       </c>
-      <c r="B22" s="58"/>
-[...1 lines deleted...]
-      <c r="D22" s="53"/>
+      <c r="B22" s="52"/>
+      <c r="C22" s="48"/>
+      <c r="D22" s="48"/>
       <c r="E22" s="22"/>
-      <c r="F22" s="57"/>
-      <c r="G22" s="37"/>
+      <c r="F22" s="51"/>
+      <c r="G22" s="36"/>
       <c r="H22" s="23"/>
-      <c r="I22" s="43"/>
+      <c r="I22" s="40"/>
       <c r="J22" s="23"/>
       <c r="K22" s="23"/>
       <c r="L22" s="23"/>
       <c r="M22" s="22"/>
-      <c r="N22" s="48"/>
-      <c r="O22" s="48"/>
+      <c r="N22" s="44"/>
+      <c r="O22" s="44"/>
       <c r="P22" s="23"/>
-      <c r="Q22" s="50"/>
-[...1 lines deleted...]
-      <c r="S22" s="37"/>
+      <c r="Q22" s="46"/>
+      <c r="R22" s="51"/>
+      <c r="S22" s="36"/>
       <c r="T22" s="22"/>
-      <c r="U22" s="64"/>
+      <c r="U22" s="55"/>
       <c r="V22" s="22"/>
       <c r="W22" s="22"/>
       <c r="X22" s="22"/>
       <c r="Y22" s="22"/>
       <c r="Z22" s="22"/>
       <c r="AA22" s="22"/>
       <c r="AB22" s="22"/>
       <c r="AC22" s="22"/>
-      <c r="AD22" s="65"/>
-[...2 lines deleted...]
-      <c r="A23" s="57">
+      <c r="AD22" s="56"/>
+      <c r="AE22" s="56">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:31" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="51">
         <v>7</v>
       </c>
-      <c r="B23" s="58"/>
-[...1 lines deleted...]
-      <c r="D23" s="53"/>
+      <c r="B23" s="52"/>
+      <c r="C23" s="48"/>
+      <c r="D23" s="48"/>
       <c r="E23" s="22"/>
-      <c r="F23" s="57"/>
-      <c r="G23" s="37"/>
+      <c r="F23" s="51"/>
+      <c r="G23" s="36"/>
       <c r="H23" s="23"/>
-      <c r="I23" s="43"/>
+      <c r="I23" s="40"/>
       <c r="J23" s="23"/>
       <c r="K23" s="23"/>
       <c r="L23" s="23"/>
       <c r="M23" s="22"/>
-      <c r="N23" s="48"/>
-      <c r="O23" s="48"/>
+      <c r="N23" s="44"/>
+      <c r="O23" s="44"/>
       <c r="P23" s="23"/>
-      <c r="Q23" s="50"/>
-[...1 lines deleted...]
-      <c r="S23" s="37"/>
+      <c r="Q23" s="46"/>
+      <c r="R23" s="51"/>
+      <c r="S23" s="36"/>
       <c r="T23" s="22"/>
-      <c r="U23" s="64"/>
+      <c r="U23" s="55"/>
       <c r="V23" s="22"/>
       <c r="W23" s="22"/>
       <c r="X23" s="22"/>
       <c r="Y23" s="22"/>
       <c r="Z23" s="22"/>
       <c r="AA23" s="22"/>
       <c r="AB23" s="22"/>
       <c r="AC23" s="22"/>
-      <c r="AD23" s="65"/>
-[...2 lines deleted...]
-      <c r="A24" s="57">
+      <c r="AD23" s="56"/>
+      <c r="AE23" s="56">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:31" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="51">
         <v>8</v>
       </c>
-      <c r="B24" s="58"/>
-[...1 lines deleted...]
-      <c r="D24" s="53"/>
+      <c r="B24" s="52"/>
+      <c r="C24" s="48"/>
+      <c r="D24" s="48"/>
       <c r="E24" s="22"/>
-      <c r="F24" s="57"/>
-      <c r="G24" s="37"/>
+      <c r="F24" s="51"/>
+      <c r="G24" s="36"/>
       <c r="H24" s="23"/>
-      <c r="I24" s="43"/>
+      <c r="I24" s="40"/>
       <c r="J24" s="23"/>
       <c r="K24" s="23"/>
       <c r="L24" s="23"/>
       <c r="M24" s="22"/>
-      <c r="N24" s="48"/>
-      <c r="O24" s="48"/>
+      <c r="N24" s="44"/>
+      <c r="O24" s="44"/>
       <c r="P24" s="23"/>
-      <c r="Q24" s="50"/>
-[...1 lines deleted...]
-      <c r="S24" s="37"/>
+      <c r="Q24" s="46"/>
+      <c r="R24" s="51"/>
+      <c r="S24" s="36"/>
       <c r="T24" s="22"/>
-      <c r="U24" s="64"/>
+      <c r="U24" s="55"/>
       <c r="V24" s="22"/>
       <c r="W24" s="22"/>
       <c r="X24" s="22"/>
       <c r="Y24" s="22"/>
       <c r="Z24" s="22"/>
       <c r="AA24" s="22"/>
       <c r="AB24" s="22"/>
       <c r="AC24" s="22"/>
-      <c r="AD24" s="65"/>
-[...2 lines deleted...]
-      <c r="A25" s="57">
+      <c r="AD24" s="56"/>
+      <c r="AE24" s="56">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:31" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="51">
         <v>9</v>
       </c>
-      <c r="B25" s="58"/>
-[...1 lines deleted...]
-      <c r="D25" s="53"/>
+      <c r="B25" s="52"/>
+      <c r="C25" s="48"/>
+      <c r="D25" s="48"/>
       <c r="E25" s="22"/>
-      <c r="F25" s="57"/>
-      <c r="G25" s="37"/>
+      <c r="F25" s="51"/>
+      <c r="G25" s="36"/>
       <c r="H25" s="23"/>
-      <c r="I25" s="43"/>
+      <c r="I25" s="40"/>
       <c r="J25" s="23"/>
       <c r="K25" s="23"/>
       <c r="L25" s="23"/>
       <c r="M25" s="22"/>
-      <c r="N25" s="48"/>
-      <c r="O25" s="48"/>
+      <c r="N25" s="44"/>
+      <c r="O25" s="44"/>
       <c r="P25" s="23"/>
-      <c r="Q25" s="50"/>
-[...1 lines deleted...]
-      <c r="S25" s="37"/>
+      <c r="Q25" s="46"/>
+      <c r="R25" s="51"/>
+      <c r="S25" s="36"/>
       <c r="T25" s="22"/>
-      <c r="U25" s="64"/>
+      <c r="U25" s="55"/>
       <c r="V25" s="22"/>
       <c r="W25" s="22"/>
       <c r="X25" s="22"/>
       <c r="Y25" s="22"/>
       <c r="Z25" s="22"/>
       <c r="AA25" s="22"/>
       <c r="AB25" s="22"/>
       <c r="AC25" s="22"/>
-      <c r="AD25" s="65"/>
-[...2 lines deleted...]
-      <c r="A26" s="57">
+      <c r="AD25" s="56"/>
+      <c r="AE25" s="56">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:31" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="92">
         <v>10</v>
       </c>
-      <c r="B26" s="59"/>
-[...35 lines deleted...]
-      <c r="A28" s="156" t="s">
+      <c r="B26" s="93"/>
+      <c r="C26" s="94"/>
+      <c r="D26" s="94"/>
+      <c r="E26" s="95"/>
+      <c r="F26" s="92"/>
+      <c r="G26" s="96"/>
+      <c r="H26" s="97"/>
+      <c r="I26" s="98"/>
+      <c r="J26" s="97"/>
+      <c r="K26" s="97"/>
+      <c r="L26" s="97"/>
+      <c r="M26" s="95"/>
+      <c r="N26" s="99"/>
+      <c r="O26" s="99"/>
+      <c r="P26" s="97"/>
+      <c r="Q26" s="100"/>
+      <c r="R26" s="92"/>
+      <c r="S26" s="96"/>
+      <c r="T26" s="95"/>
+      <c r="U26" s="101"/>
+      <c r="V26" s="95"/>
+      <c r="W26" s="95"/>
+      <c r="X26" s="95"/>
+      <c r="Y26" s="95"/>
+      <c r="Z26" s="95"/>
+      <c r="AA26" s="95"/>
+      <c r="AB26" s="95"/>
+      <c r="AC26" s="95"/>
+      <c r="AD26" s="102"/>
+      <c r="AE26" s="102">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:31" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="109" t="s">
+        <v>84</v>
+      </c>
+      <c r="B27" s="104"/>
+      <c r="C27" s="105"/>
+      <c r="D27" s="105"/>
+      <c r="E27" s="103"/>
+      <c r="F27" s="103"/>
+      <c r="G27" s="105"/>
+      <c r="H27" s="103"/>
+      <c r="I27" s="106"/>
+      <c r="J27" s="103"/>
+      <c r="K27" s="103"/>
+      <c r="L27" s="103"/>
+      <c r="M27" s="103"/>
+      <c r="N27" s="105"/>
+      <c r="O27" s="105"/>
+      <c r="P27" s="103"/>
+      <c r="Q27" s="103"/>
+      <c r="R27" s="107">
+        <f>SUM(R17:R26)</f>
+        <v>0</v>
+      </c>
+      <c r="S27" s="105"/>
+      <c r="T27" s="103"/>
+      <c r="U27" s="106"/>
+      <c r="V27" s="103"/>
+      <c r="W27" s="103"/>
+      <c r="X27" s="103"/>
+      <c r="Y27" s="103"/>
+      <c r="Z27" s="103"/>
+      <c r="AA27" s="103"/>
+      <c r="AB27" s="103"/>
+      <c r="AC27" s="103"/>
+      <c r="AD27" s="108">
+        <f>SUM(AD17:AD26)</f>
+        <v>0</v>
+      </c>
+      <c r="AE27" s="108">
+        <f>R27+AD27</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:31" ht="21" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="25"/>
+      <c r="B28" s="25"/>
+      <c r="AD28" s="26"/>
+      <c r="AE28" s="26"/>
+    </row>
+    <row r="29" spans="1:31" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A29" s="164" t="s">
+        <v>51</v>
+      </c>
+      <c r="B29" s="165"/>
+      <c r="C29" s="165"/>
+      <c r="D29" s="165"/>
+      <c r="E29" s="165"/>
+      <c r="F29" s="165"/>
+      <c r="G29" s="165"/>
+      <c r="H29" s="165"/>
+      <c r="I29" s="165"/>
+      <c r="J29" s="165"/>
+      <c r="K29" s="165"/>
+      <c r="L29" s="165"/>
+      <c r="M29" s="165"/>
+      <c r="N29" s="165"/>
+      <c r="O29" s="165"/>
+      <c r="P29" s="165"/>
+      <c r="Q29" s="165"/>
+      <c r="R29" s="165"/>
+      <c r="S29" s="165"/>
+      <c r="T29" s="165"/>
+      <c r="U29" s="165"/>
+      <c r="V29" s="165"/>
+      <c r="W29" s="165"/>
+      <c r="X29" s="165"/>
+      <c r="Y29" s="165"/>
+      <c r="Z29" s="165"/>
+      <c r="AA29" s="165"/>
+      <c r="AB29" s="165"/>
+      <c r="AC29" s="165"/>
+      <c r="AD29" s="166"/>
+    </row>
+    <row r="30" spans="1:31" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="137" t="s">
         <v>52</v>
       </c>
-      <c r="B28" s="157"/>
-[...30 lines deleted...]
-      <c r="A29" s="151" t="s">
+      <c r="B30" s="138"/>
+      <c r="C30" s="138"/>
+      <c r="D30" s="138"/>
+      <c r="E30" s="138"/>
+      <c r="F30" s="138"/>
+      <c r="G30" s="138"/>
+      <c r="H30" s="138"/>
+      <c r="I30" s="138"/>
+      <c r="J30" s="138"/>
+      <c r="K30" s="138"/>
+      <c r="L30" s="138"/>
+      <c r="M30" s="138"/>
+      <c r="N30" s="138"/>
+      <c r="O30" s="138"/>
+      <c r="P30" s="138"/>
+      <c r="Q30" s="138"/>
+      <c r="R30" s="138"/>
+      <c r="S30" s="138"/>
+      <c r="T30" s="138"/>
+      <c r="U30" s="138"/>
+      <c r="V30" s="138"/>
+      <c r="W30" s="138"/>
+      <c r="X30" s="138"/>
+      <c r="Y30" s="138"/>
+      <c r="Z30" s="138"/>
+      <c r="AA30" s="138"/>
+      <c r="AB30" s="138"/>
+      <c r="AC30" s="138"/>
+      <c r="AD30" s="139"/>
+    </row>
+    <row r="31" spans="1:31" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="131"/>
+      <c r="B31" s="132"/>
+      <c r="C31" s="132"/>
+      <c r="D31" s="132"/>
+      <c r="E31" s="132"/>
+      <c r="F31" s="132"/>
+      <c r="G31" s="132"/>
+      <c r="H31" s="132"/>
+      <c r="I31" s="132"/>
+      <c r="J31" s="132"/>
+      <c r="K31" s="132"/>
+      <c r="L31" s="132"/>
+      <c r="M31" s="132"/>
+      <c r="N31" s="132"/>
+      <c r="O31" s="132"/>
+      <c r="P31" s="132"/>
+      <c r="Q31" s="132"/>
+      <c r="R31" s="132"/>
+      <c r="S31" s="132"/>
+      <c r="T31" s="132"/>
+      <c r="U31" s="132"/>
+      <c r="V31" s="132"/>
+      <c r="W31" s="132"/>
+      <c r="X31" s="132"/>
+      <c r="Y31" s="132"/>
+      <c r="Z31" s="132"/>
+      <c r="AA31" s="132"/>
+      <c r="AB31" s="132"/>
+      <c r="AC31" s="132"/>
+      <c r="AD31" s="133"/>
+    </row>
+    <row r="32" spans="1:31" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="131"/>
+      <c r="B32" s="132"/>
+      <c r="C32" s="132"/>
+      <c r="D32" s="132"/>
+      <c r="E32" s="132"/>
+      <c r="F32" s="132"/>
+      <c r="G32" s="132"/>
+      <c r="H32" s="132"/>
+      <c r="I32" s="132"/>
+      <c r="J32" s="132"/>
+      <c r="K32" s="132"/>
+      <c r="L32" s="132"/>
+      <c r="M32" s="132"/>
+      <c r="N32" s="132"/>
+      <c r="O32" s="132"/>
+      <c r="P32" s="132"/>
+      <c r="Q32" s="132"/>
+      <c r="R32" s="132"/>
+      <c r="S32" s="132"/>
+      <c r="T32" s="132"/>
+      <c r="U32" s="132"/>
+      <c r="V32" s="132"/>
+      <c r="W32" s="132"/>
+      <c r="X32" s="132"/>
+      <c r="Y32" s="132"/>
+      <c r="Z32" s="132"/>
+      <c r="AA32" s="132"/>
+      <c r="AB32" s="132"/>
+      <c r="AC32" s="132"/>
+      <c r="AD32" s="133"/>
+    </row>
+    <row r="33" spans="1:31" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="134"/>
+      <c r="B33" s="135"/>
+      <c r="C33" s="135"/>
+      <c r="D33" s="135"/>
+      <c r="E33" s="135"/>
+      <c r="F33" s="135"/>
+      <c r="G33" s="135"/>
+      <c r="H33" s="135"/>
+      <c r="I33" s="135"/>
+      <c r="J33" s="135"/>
+      <c r="K33" s="135"/>
+      <c r="L33" s="135"/>
+      <c r="M33" s="135"/>
+      <c r="N33" s="135"/>
+      <c r="O33" s="135"/>
+      <c r="P33" s="135"/>
+      <c r="Q33" s="135"/>
+      <c r="R33" s="135"/>
+      <c r="S33" s="135"/>
+      <c r="T33" s="135"/>
+      <c r="U33" s="135"/>
+      <c r="V33" s="135"/>
+      <c r="W33" s="135"/>
+      <c r="X33" s="135"/>
+      <c r="Y33" s="135"/>
+      <c r="Z33" s="135"/>
+      <c r="AA33" s="135"/>
+      <c r="AB33" s="135"/>
+      <c r="AC33" s="135"/>
+      <c r="AD33" s="136"/>
+    </row>
+    <row r="34" spans="1:31" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="137" t="s">
         <v>53</v>
       </c>
-      <c r="B29" s="152"/>
-[...126 lines deleted...]
-      <c r="A33" s="151" t="s">
+      <c r="B34" s="138"/>
+      <c r="C34" s="138"/>
+      <c r="D34" s="138"/>
+      <c r="E34" s="138"/>
+      <c r="F34" s="138"/>
+      <c r="G34" s="138"/>
+      <c r="H34" s="138"/>
+      <c r="I34" s="138"/>
+      <c r="J34" s="138"/>
+      <c r="K34" s="138"/>
+      <c r="L34" s="138"/>
+      <c r="M34" s="138"/>
+      <c r="N34" s="138"/>
+      <c r="O34" s="138"/>
+      <c r="P34" s="138"/>
+      <c r="Q34" s="138"/>
+      <c r="R34" s="138"/>
+      <c r="S34" s="138"/>
+      <c r="T34" s="138"/>
+      <c r="U34" s="138"/>
+      <c r="V34" s="138"/>
+      <c r="W34" s="138"/>
+      <c r="X34" s="138"/>
+      <c r="Y34" s="138"/>
+      <c r="Z34" s="138"/>
+      <c r="AA34" s="138"/>
+      <c r="AB34" s="138"/>
+      <c r="AC34" s="138"/>
+      <c r="AD34" s="139"/>
+    </row>
+    <row r="35" spans="1:31" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="131"/>
+      <c r="B35" s="132"/>
+      <c r="C35" s="132"/>
+      <c r="D35" s="132"/>
+      <c r="E35" s="132"/>
+      <c r="F35" s="132"/>
+      <c r="G35" s="132"/>
+      <c r="H35" s="132"/>
+      <c r="I35" s="132"/>
+      <c r="J35" s="132"/>
+      <c r="K35" s="132"/>
+      <c r="L35" s="132"/>
+      <c r="M35" s="132"/>
+      <c r="N35" s="132"/>
+      <c r="O35" s="132"/>
+      <c r="P35" s="132"/>
+      <c r="Q35" s="132"/>
+      <c r="R35" s="132"/>
+      <c r="S35" s="132"/>
+      <c r="T35" s="132"/>
+      <c r="U35" s="132"/>
+      <c r="V35" s="132"/>
+      <c r="W35" s="132"/>
+      <c r="X35" s="132"/>
+      <c r="Y35" s="132"/>
+      <c r="Z35" s="132"/>
+      <c r="AA35" s="132"/>
+      <c r="AB35" s="132"/>
+      <c r="AC35" s="132"/>
+      <c r="AD35" s="133"/>
+    </row>
+    <row r="36" spans="1:31" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="131"/>
+      <c r="B36" s="132"/>
+      <c r="C36" s="132"/>
+      <c r="D36" s="132"/>
+      <c r="E36" s="132"/>
+      <c r="F36" s="132"/>
+      <c r="G36" s="132"/>
+      <c r="H36" s="132"/>
+      <c r="I36" s="132"/>
+      <c r="J36" s="132"/>
+      <c r="K36" s="132"/>
+      <c r="L36" s="132"/>
+      <c r="M36" s="132"/>
+      <c r="N36" s="132"/>
+      <c r="O36" s="132"/>
+      <c r="P36" s="132"/>
+      <c r="Q36" s="132"/>
+      <c r="R36" s="132"/>
+      <c r="S36" s="132"/>
+      <c r="T36" s="132"/>
+      <c r="U36" s="132"/>
+      <c r="V36" s="132"/>
+      <c r="W36" s="132"/>
+      <c r="X36" s="132"/>
+      <c r="Y36" s="132"/>
+      <c r="Z36" s="132"/>
+      <c r="AA36" s="132"/>
+      <c r="AB36" s="132"/>
+      <c r="AC36" s="132"/>
+      <c r="AD36" s="133"/>
+    </row>
+    <row r="37" spans="1:31" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="134"/>
+      <c r="B37" s="135"/>
+      <c r="C37" s="135"/>
+      <c r="D37" s="135"/>
+      <c r="E37" s="135"/>
+      <c r="F37" s="135"/>
+      <c r="G37" s="135"/>
+      <c r="H37" s="135"/>
+      <c r="I37" s="135"/>
+      <c r="J37" s="135"/>
+      <c r="K37" s="135"/>
+      <c r="L37" s="135"/>
+      <c r="M37" s="135"/>
+      <c r="N37" s="135"/>
+      <c r="O37" s="135"/>
+      <c r="P37" s="135"/>
+      <c r="Q37" s="135"/>
+      <c r="R37" s="135"/>
+      <c r="S37" s="135"/>
+      <c r="T37" s="135"/>
+      <c r="U37" s="135"/>
+      <c r="V37" s="135"/>
+      <c r="W37" s="135"/>
+      <c r="X37" s="135"/>
+      <c r="Y37" s="135"/>
+      <c r="Z37" s="135"/>
+      <c r="AA37" s="135"/>
+      <c r="AB37" s="135"/>
+      <c r="AC37" s="135"/>
+      <c r="AD37" s="136"/>
+    </row>
+    <row r="38" spans="1:31" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="137" t="s">
         <v>54</v>
       </c>
-      <c r="B33" s="152"/>
-[...126 lines deleted...]
-      <c r="A37" s="151" t="s">
+      <c r="B38" s="138"/>
+      <c r="C38" s="138"/>
+      <c r="D38" s="138"/>
+      <c r="E38" s="138"/>
+      <c r="F38" s="138"/>
+      <c r="G38" s="138"/>
+      <c r="H38" s="138"/>
+      <c r="I38" s="138"/>
+      <c r="J38" s="138"/>
+      <c r="K38" s="138"/>
+      <c r="L38" s="138"/>
+      <c r="M38" s="138"/>
+      <c r="N38" s="138"/>
+      <c r="O38" s="138"/>
+      <c r="P38" s="138"/>
+      <c r="Q38" s="138"/>
+      <c r="R38" s="138"/>
+      <c r="S38" s="138"/>
+      <c r="T38" s="138"/>
+      <c r="U38" s="138"/>
+      <c r="V38" s="138"/>
+      <c r="W38" s="138"/>
+      <c r="X38" s="138"/>
+      <c r="Y38" s="138"/>
+      <c r="Z38" s="138"/>
+      <c r="AA38" s="138"/>
+      <c r="AB38" s="138"/>
+      <c r="AC38" s="138"/>
+      <c r="AD38" s="139"/>
+    </row>
+    <row r="39" spans="1:31" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="131"/>
+      <c r="B39" s="132"/>
+      <c r="C39" s="132"/>
+      <c r="D39" s="132"/>
+      <c r="E39" s="132"/>
+      <c r="F39" s="132"/>
+      <c r="G39" s="132"/>
+      <c r="H39" s="132"/>
+      <c r="I39" s="132"/>
+      <c r="J39" s="132"/>
+      <c r="K39" s="132"/>
+      <c r="L39" s="132"/>
+      <c r="M39" s="132"/>
+      <c r="N39" s="132"/>
+      <c r="O39" s="132"/>
+      <c r="P39" s="132"/>
+      <c r="Q39" s="132"/>
+      <c r="R39" s="132"/>
+      <c r="S39" s="132"/>
+      <c r="T39" s="132"/>
+      <c r="U39" s="132"/>
+      <c r="V39" s="132"/>
+      <c r="W39" s="132"/>
+      <c r="X39" s="132"/>
+      <c r="Y39" s="132"/>
+      <c r="Z39" s="132"/>
+      <c r="AA39" s="132"/>
+      <c r="AB39" s="132"/>
+      <c r="AC39" s="132"/>
+      <c r="AD39" s="133"/>
+    </row>
+    <row r="40" spans="1:31" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="131"/>
+      <c r="B40" s="132"/>
+      <c r="C40" s="132"/>
+      <c r="D40" s="132"/>
+      <c r="E40" s="132"/>
+      <c r="F40" s="132"/>
+      <c r="G40" s="132"/>
+      <c r="H40" s="132"/>
+      <c r="I40" s="132"/>
+      <c r="J40" s="132"/>
+      <c r="K40" s="132"/>
+      <c r="L40" s="132"/>
+      <c r="M40" s="132"/>
+      <c r="N40" s="132"/>
+      <c r="O40" s="132"/>
+      <c r="P40" s="132"/>
+      <c r="Q40" s="132"/>
+      <c r="R40" s="132"/>
+      <c r="S40" s="132"/>
+      <c r="T40" s="132"/>
+      <c r="U40" s="132"/>
+      <c r="V40" s="132"/>
+      <c r="W40" s="132"/>
+      <c r="X40" s="132"/>
+      <c r="Y40" s="132"/>
+      <c r="Z40" s="132"/>
+      <c r="AA40" s="132"/>
+      <c r="AB40" s="132"/>
+      <c r="AC40" s="132"/>
+      <c r="AD40" s="133"/>
+    </row>
+    <row r="41" spans="1:31" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="134"/>
+      <c r="B41" s="135"/>
+      <c r="C41" s="135"/>
+      <c r="D41" s="135"/>
+      <c r="E41" s="135"/>
+      <c r="F41" s="135"/>
+      <c r="G41" s="135"/>
+      <c r="H41" s="135"/>
+      <c r="I41" s="135"/>
+      <c r="J41" s="135"/>
+      <c r="K41" s="135"/>
+      <c r="L41" s="135"/>
+      <c r="M41" s="135"/>
+      <c r="N41" s="135"/>
+      <c r="O41" s="135"/>
+      <c r="P41" s="135"/>
+      <c r="Q41" s="135"/>
+      <c r="R41" s="135"/>
+      <c r="S41" s="135"/>
+      <c r="T41" s="135"/>
+      <c r="U41" s="135"/>
+      <c r="V41" s="135"/>
+      <c r="W41" s="135"/>
+      <c r="X41" s="135"/>
+      <c r="Y41" s="135"/>
+      <c r="Z41" s="135"/>
+      <c r="AA41" s="135"/>
+      <c r="AB41" s="135"/>
+      <c r="AC41" s="135"/>
+      <c r="AD41" s="136"/>
+    </row>
+    <row r="42" spans="1:31" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="137" t="s">
         <v>55</v>
       </c>
-      <c r="B37" s="152"/>
-[...126 lines deleted...]
-      <c r="A41" s="151" t="s">
+      <c r="B42" s="138"/>
+      <c r="C42" s="138"/>
+      <c r="D42" s="138"/>
+      <c r="E42" s="138"/>
+      <c r="F42" s="138"/>
+      <c r="G42" s="138"/>
+      <c r="H42" s="138"/>
+      <c r="I42" s="138"/>
+      <c r="J42" s="138"/>
+      <c r="K42" s="138"/>
+      <c r="L42" s="138"/>
+      <c r="M42" s="138"/>
+      <c r="N42" s="138"/>
+      <c r="O42" s="138"/>
+      <c r="P42" s="138"/>
+      <c r="Q42" s="138"/>
+      <c r="R42" s="138"/>
+      <c r="S42" s="138"/>
+      <c r="T42" s="138"/>
+      <c r="U42" s="138"/>
+      <c r="V42" s="138"/>
+      <c r="W42" s="138"/>
+      <c r="X42" s="138"/>
+      <c r="Y42" s="138"/>
+      <c r="Z42" s="138"/>
+      <c r="AA42" s="138"/>
+      <c r="AB42" s="138"/>
+      <c r="AC42" s="138"/>
+      <c r="AD42" s="139"/>
+    </row>
+    <row r="43" spans="1:31" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="131"/>
+      <c r="B43" s="132"/>
+      <c r="C43" s="132"/>
+      <c r="D43" s="132"/>
+      <c r="E43" s="132"/>
+      <c r="F43" s="132"/>
+      <c r="G43" s="132"/>
+      <c r="H43" s="132"/>
+      <c r="I43" s="132"/>
+      <c r="J43" s="132"/>
+      <c r="K43" s="132"/>
+      <c r="L43" s="132"/>
+      <c r="M43" s="132"/>
+      <c r="N43" s="132"/>
+      <c r="O43" s="132"/>
+      <c r="P43" s="132"/>
+      <c r="Q43" s="132"/>
+      <c r="R43" s="132"/>
+      <c r="S43" s="132"/>
+      <c r="T43" s="132"/>
+      <c r="U43" s="132"/>
+      <c r="V43" s="132"/>
+      <c r="W43" s="132"/>
+      <c r="X43" s="132"/>
+      <c r="Y43" s="132"/>
+      <c r="Z43" s="132"/>
+      <c r="AA43" s="132"/>
+      <c r="AB43" s="132"/>
+      <c r="AC43" s="132"/>
+      <c r="AD43" s="133"/>
+    </row>
+    <row r="44" spans="1:31" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A44" s="134"/>
+      <c r="B44" s="135"/>
+      <c r="C44" s="135"/>
+      <c r="D44" s="135"/>
+      <c r="E44" s="135"/>
+      <c r="F44" s="135"/>
+      <c r="G44" s="135"/>
+      <c r="H44" s="135"/>
+      <c r="I44" s="135"/>
+      <c r="J44" s="135"/>
+      <c r="K44" s="135"/>
+      <c r="L44" s="135"/>
+      <c r="M44" s="135"/>
+      <c r="N44" s="135"/>
+      <c r="O44" s="135"/>
+      <c r="P44" s="135"/>
+      <c r="Q44" s="135"/>
+      <c r="R44" s="135"/>
+      <c r="S44" s="135"/>
+      <c r="T44" s="135"/>
+      <c r="U44" s="135"/>
+      <c r="V44" s="135"/>
+      <c r="W44" s="135"/>
+      <c r="X44" s="135"/>
+      <c r="Y44" s="135"/>
+      <c r="Z44" s="135"/>
+      <c r="AA44" s="135"/>
+      <c r="AB44" s="135"/>
+      <c r="AC44" s="135"/>
+      <c r="AD44" s="136"/>
+    </row>
+    <row r="45" spans="1:31" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="162"/>
+      <c r="B45" s="163"/>
+      <c r="C45" s="163"/>
+      <c r="D45" s="163"/>
+      <c r="E45" s="163"/>
+      <c r="F45" s="163"/>
+      <c r="G45" s="163"/>
+      <c r="H45" s="163"/>
+      <c r="I45" s="163"/>
+      <c r="J45" s="163"/>
+      <c r="K45" s="163"/>
+      <c r="L45" s="163"/>
+      <c r="M45" s="163"/>
+      <c r="N45" s="163"/>
+      <c r="O45" s="163"/>
+      <c r="P45" s="163"/>
+      <c r="Q45" s="163"/>
+      <c r="R45" s="163"/>
+      <c r="S45" s="163"/>
+      <c r="T45" s="163"/>
+      <c r="U45" s="163"/>
+      <c r="V45" s="163"/>
+      <c r="W45" s="163"/>
+      <c r="X45" s="163"/>
+      <c r="Y45" s="163"/>
+      <c r="Z45" s="163"/>
+      <c r="AA45" s="163"/>
+      <c r="AB45" s="163"/>
+      <c r="AC45" s="163"/>
+      <c r="AD45" s="163"/>
+    </row>
+    <row r="46" spans="1:31" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="25"/>
+      <c r="B46" s="25"/>
+      <c r="C46" s="25"/>
+      <c r="D46" s="25"/>
+      <c r="E46" s="25"/>
+      <c r="F46" s="25"/>
+      <c r="G46" s="25"/>
+      <c r="H46" s="25"/>
+      <c r="I46" s="25"/>
+      <c r="J46" s="25"/>
+      <c r="K46" s="25"/>
+      <c r="L46" s="27"/>
+      <c r="M46" s="25"/>
+      <c r="N46" s="25"/>
+      <c r="O46" s="25"/>
+      <c r="P46" s="25"/>
+      <c r="Q46" s="25"/>
+      <c r="R46" s="25"/>
+      <c r="S46" s="25"/>
+      <c r="T46" s="25"/>
+      <c r="U46" s="25"/>
+      <c r="V46" s="25"/>
+      <c r="W46" s="25"/>
+      <c r="X46" s="25"/>
+      <c r="Y46" s="25"/>
+      <c r="Z46" s="25"/>
+      <c r="AA46" s="25"/>
+      <c r="AB46" s="25"/>
+      <c r="AC46" s="25"/>
+      <c r="AD46" s="25"/>
+      <c r="AE46" s="25"/>
+    </row>
+    <row r="47" spans="1:31" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A47" s="159" t="s">
         <v>56</v>
       </c>
-      <c r="B41" s="152"/>
-[...158 lines deleted...]
-      <c r="A46" s="142" t="s">
+      <c r="B47" s="160"/>
+      <c r="C47" s="160"/>
+      <c r="D47" s="160"/>
+      <c r="E47" s="160"/>
+      <c r="F47" s="160"/>
+      <c r="G47" s="160"/>
+      <c r="H47" s="160"/>
+      <c r="I47" s="160"/>
+      <c r="J47" s="160"/>
+      <c r="K47" s="160"/>
+      <c r="L47" s="160"/>
+      <c r="M47" s="160"/>
+      <c r="N47" s="160"/>
+      <c r="O47" s="160"/>
+      <c r="P47" s="160"/>
+      <c r="Q47" s="160"/>
+      <c r="R47" s="160"/>
+      <c r="S47" s="160"/>
+      <c r="T47" s="160"/>
+      <c r="U47" s="160"/>
+      <c r="V47" s="160"/>
+      <c r="W47" s="160"/>
+      <c r="X47" s="160"/>
+      <c r="Y47" s="160"/>
+      <c r="Z47" s="160"/>
+      <c r="AA47" s="160"/>
+      <c r="AB47" s="160"/>
+      <c r="AC47" s="160"/>
+      <c r="AD47" s="160"/>
+    </row>
+    <row r="48" spans="1:31" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A48" s="161"/>
+      <c r="B48" s="161"/>
+      <c r="C48" s="161"/>
+      <c r="D48" s="161"/>
+      <c r="E48" s="161"/>
+      <c r="F48" s="161"/>
+      <c r="G48" s="161"/>
+      <c r="H48" s="161"/>
+      <c r="I48" s="161"/>
+      <c r="J48" s="161"/>
+      <c r="K48" s="161"/>
+      <c r="L48" s="161"/>
+      <c r="M48" s="161"/>
+      <c r="N48" s="161"/>
+      <c r="O48" s="161"/>
+      <c r="P48" s="161"/>
+      <c r="Q48" s="161"/>
+      <c r="R48" s="161"/>
+      <c r="S48" s="161"/>
+      <c r="T48" s="161"/>
+      <c r="U48" s="161"/>
+      <c r="V48" s="161"/>
+      <c r="W48" s="161"/>
+      <c r="X48" s="161"/>
+      <c r="Y48" s="161"/>
+      <c r="Z48" s="161"/>
+      <c r="AA48" s="161"/>
+      <c r="AB48" s="161"/>
+      <c r="AC48" s="161"/>
+      <c r="AD48" s="161"/>
+    </row>
+    <row r="49" spans="1:31" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A49" s="27"/>
+      <c r="B49" s="27"/>
+      <c r="C49" s="27"/>
+      <c r="D49" s="27"/>
+      <c r="E49" s="27"/>
+      <c r="F49" s="27"/>
+      <c r="G49" s="28"/>
+      <c r="H49" s="28"/>
+      <c r="I49" s="28"/>
+      <c r="J49" s="28"/>
+      <c r="K49" s="28"/>
+      <c r="L49" s="28"/>
+    </row>
+    <row r="50" spans="1:31" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A50" s="73" t="s">
         <v>57</v>
       </c>
-      <c r="B46" s="143"/>
-[...76 lines deleted...]
-      <c r="A49" s="84" t="s">
+      <c r="B50" s="74"/>
+      <c r="C50" s="74"/>
+      <c r="D50" s="50"/>
+      <c r="E50" s="50"/>
+      <c r="F50" s="68"/>
+      <c r="H50" s="29"/>
+      <c r="I50" s="21"/>
+      <c r="J50" s="21"/>
+      <c r="K50" s="21"/>
+      <c r="L50" s="21"/>
+      <c r="M50" s="20"/>
+      <c r="N50" s="30"/>
+      <c r="O50" s="1"/>
+      <c r="P50" s="30"/>
+      <c r="Q50" s="1"/>
+      <c r="R50" s="1"/>
+      <c r="S50" s="1"/>
+      <c r="T50" s="1"/>
+      <c r="V50" s="1"/>
+      <c r="W50" s="1"/>
+      <c r="X50" s="1"/>
+      <c r="Y50" s="1"/>
+      <c r="Z50" s="1"/>
+      <c r="AA50" s="1"/>
+      <c r="AB50" s="1"/>
+      <c r="AC50" s="1"/>
+    </row>
+    <row r="51" spans="1:31" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="69"/>
+      <c r="B51" s="70"/>
+      <c r="C51" s="71"/>
+      <c r="D51" s="71"/>
+      <c r="E51" s="71"/>
+      <c r="F51" s="72"/>
+      <c r="H51" s="62" t="s">
         <v>58</v>
       </c>
-      <c r="B49" s="85"/>
-[...33 lines deleted...]
-      <c r="H50" s="73" t="s">
+      <c r="I51" s="61"/>
+      <c r="J51" s="61"/>
+      <c r="K51" s="61"/>
+      <c r="L51" s="61"/>
+      <c r="N51" s="25"/>
+      <c r="O51" s="25"/>
+      <c r="P51" s="39" t="s">
         <v>59</v>
       </c>
-      <c r="I50" s="72"/>
-[...5 lines deleted...]
-      <c r="P50" s="42" t="s">
+      <c r="Q51" s="25"/>
+      <c r="R51" s="25"/>
+      <c r="S51" s="25"/>
+      <c r="T51" s="25"/>
+      <c r="V51" s="25"/>
+      <c r="W51" s="25"/>
+      <c r="X51" s="25"/>
+      <c r="Y51" s="25"/>
+      <c r="Z51" s="25"/>
+      <c r="AA51" s="25"/>
+      <c r="AB51" s="25"/>
+      <c r="AC51" s="25"/>
+      <c r="AD51" s="25"/>
+      <c r="AE51" s="25"/>
+    </row>
+    <row r="52" spans="1:31" ht="19.149999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="25"/>
+      <c r="B52" s="25"/>
+      <c r="C52" s="25"/>
+      <c r="D52" s="25"/>
+      <c r="E52" s="25"/>
+      <c r="H52" s="25"/>
+      <c r="I52" s="28"/>
+      <c r="J52" s="28"/>
+      <c r="K52" s="28"/>
+      <c r="M52" s="28"/>
+      <c r="N52" s="28"/>
+      <c r="O52" s="28"/>
+      <c r="P52" s="28"/>
+      <c r="Q52" s="28"/>
+      <c r="R52" s="28"/>
+      <c r="S52" s="28"/>
+      <c r="T52" s="28"/>
+      <c r="V52" s="28"/>
+      <c r="W52" s="28"/>
+      <c r="X52" s="28"/>
+      <c r="Y52" s="28"/>
+      <c r="Z52" s="28"/>
+      <c r="AA52" s="28"/>
+      <c r="AB52" s="28"/>
+      <c r="AC52" s="28"/>
+    </row>
+    <row r="53" spans="1:31" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="140" t="s">
         <v>60</v>
       </c>
-      <c r="Q50" s="26"/>
-[...41 lines deleted...]
-      <c r="A52" s="170" t="s">
+      <c r="B53" s="141"/>
+      <c r="C53" s="141"/>
+      <c r="D53" s="141"/>
+      <c r="E53" s="141"/>
+      <c r="F53" s="142"/>
+      <c r="H53" s="29"/>
+      <c r="I53" s="21"/>
+      <c r="J53" s="21"/>
+      <c r="K53" s="21"/>
+      <c r="L53" s="21"/>
+      <c r="M53" s="20"/>
+      <c r="N53" s="30"/>
+      <c r="O53" s="1"/>
+      <c r="P53" s="30"/>
+      <c r="Q53" s="1"/>
+      <c r="R53" s="1"/>
+      <c r="S53" s="1"/>
+      <c r="T53" s="1"/>
+      <c r="V53" s="1"/>
+      <c r="W53" s="1"/>
+      <c r="X53" s="1"/>
+      <c r="Y53" s="1"/>
+      <c r="Z53" s="1"/>
+      <c r="AA53" s="1"/>
+      <c r="AB53" s="1"/>
+      <c r="AC53" s="1"/>
+    </row>
+    <row r="54" spans="1:31" ht="12.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="143"/>
+      <c r="B54" s="144"/>
+      <c r="C54" s="144"/>
+      <c r="D54" s="144"/>
+      <c r="E54" s="144"/>
+      <c r="F54" s="145"/>
+      <c r="H54" s="62" t="s">
+        <v>58</v>
+      </c>
+      <c r="I54" s="62"/>
+      <c r="J54" s="62"/>
+      <c r="K54" s="62"/>
+      <c r="L54" s="62"/>
+      <c r="M54" s="62"/>
+      <c r="N54" s="25"/>
+      <c r="O54" s="25"/>
+      <c r="P54" s="39" t="s">
+        <v>59</v>
+      </c>
+      <c r="Q54" s="25"/>
+      <c r="R54" s="25"/>
+      <c r="S54" s="25"/>
+      <c r="T54" s="25"/>
+      <c r="V54" s="25"/>
+      <c r="W54" s="25"/>
+      <c r="X54" s="25"/>
+      <c r="Y54" s="25"/>
+      <c r="Z54" s="25"/>
+      <c r="AA54" s="25"/>
+      <c r="AB54" s="25"/>
+      <c r="AC54" s="25"/>
+      <c r="AD54" s="25"/>
+      <c r="AE54" s="25"/>
+    </row>
+    <row r="55" spans="1:31" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A55" s="25"/>
+      <c r="B55" s="25"/>
+      <c r="C55" s="25"/>
+      <c r="D55" s="25"/>
+      <c r="E55" s="25"/>
+      <c r="H55" s="25"/>
+      <c r="I55" s="28"/>
+      <c r="J55" s="28"/>
+      <c r="K55" s="28"/>
+      <c r="M55" s="28"/>
+      <c r="N55" s="28"/>
+      <c r="O55" s="28"/>
+      <c r="P55" s="28"/>
+      <c r="Q55" s="28"/>
+      <c r="R55" s="28"/>
+      <c r="S55" s="28"/>
+      <c r="T55" s="28"/>
+      <c r="V55" s="28"/>
+      <c r="W55" s="28"/>
+      <c r="X55" s="28"/>
+      <c r="Y55" s="28"/>
+      <c r="Z55" s="28"/>
+      <c r="AA55" s="28"/>
+      <c r="AB55" s="28"/>
+      <c r="AC55" s="28"/>
+    </row>
+    <row r="56" spans="1:31" ht="11.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="25"/>
+      <c r="B56" s="25"/>
+      <c r="C56" s="25"/>
+      <c r="D56" s="25"/>
+      <c r="E56" s="25"/>
+      <c r="H56" s="25"/>
+      <c r="I56" s="28"/>
+      <c r="J56" s="28"/>
+      <c r="K56" s="28"/>
+      <c r="M56" s="28"/>
+      <c r="N56" s="57"/>
+      <c r="O56" s="57"/>
+      <c r="P56" s="57"/>
+      <c r="Q56" s="57"/>
+      <c r="R56" s="57"/>
+      <c r="S56" s="57"/>
+      <c r="T56" s="57"/>
+      <c r="V56" s="57"/>
+      <c r="W56" s="57"/>
+      <c r="X56" s="57"/>
+      <c r="Y56" s="57"/>
+      <c r="Z56" s="57"/>
+      <c r="AA56" s="57"/>
+      <c r="AB56" s="57"/>
+      <c r="AC56" s="57"/>
+      <c r="AD56" s="53"/>
+      <c r="AE56" s="53"/>
+    </row>
+    <row r="57" spans="1:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="140" t="s">
         <v>61</v>
       </c>
-      <c r="B52" s="171"/>
-[...33 lines deleted...]
-      <c r="H53" s="73" t="s">
+      <c r="B57" s="141"/>
+      <c r="C57" s="141"/>
+      <c r="D57" s="141"/>
+      <c r="E57" s="141"/>
+      <c r="F57" s="142"/>
+      <c r="H57" s="29"/>
+      <c r="I57" s="21"/>
+      <c r="J57" s="21"/>
+      <c r="K57" s="21"/>
+      <c r="L57" s="21"/>
+      <c r="M57" s="20"/>
+      <c r="N57" s="58"/>
+      <c r="O57" s="53"/>
+      <c r="P57" s="58"/>
+      <c r="Q57" s="53"/>
+      <c r="R57" s="53"/>
+      <c r="S57" s="53"/>
+      <c r="T57" s="53"/>
+      <c r="V57" s="53"/>
+      <c r="W57" s="53"/>
+      <c r="X57" s="53"/>
+      <c r="Y57" s="53"/>
+      <c r="Z57" s="53"/>
+      <c r="AA57" s="53"/>
+      <c r="AB57" s="53"/>
+      <c r="AC57" s="53"/>
+      <c r="AD57" s="53"/>
+      <c r="AE57" s="53"/>
+    </row>
+    <row r="58" spans="1:31" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="143"/>
+      <c r="B58" s="144"/>
+      <c r="C58" s="144"/>
+      <c r="D58" s="144"/>
+      <c r="E58" s="144"/>
+      <c r="F58" s="145"/>
+      <c r="H58" s="62" t="s">
+        <v>58</v>
+      </c>
+      <c r="I58" s="62"/>
+      <c r="J58" s="62"/>
+      <c r="K58" s="62"/>
+      <c r="L58" s="62"/>
+      <c r="N58" s="25"/>
+      <c r="O58" s="25"/>
+      <c r="P58" s="39" t="s">
         <v>59</v>
       </c>
-      <c r="I53" s="73"/>
-[...79 lines deleted...]
-      <c r="A56" s="170" t="s">
+      <c r="Q58" s="25"/>
+      <c r="R58" s="25"/>
+      <c r="S58" s="25"/>
+      <c r="T58" s="25"/>
+      <c r="V58" s="25"/>
+      <c r="W58" s="25"/>
+      <c r="X58" s="25"/>
+      <c r="Y58" s="25"/>
+      <c r="Z58" s="25"/>
+      <c r="AA58" s="25"/>
+      <c r="AB58" s="25"/>
+      <c r="AC58" s="25"/>
+      <c r="AD58" s="25"/>
+      <c r="AE58" s="25"/>
+    </row>
+    <row r="59" spans="1:31" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A59" s="25"/>
+      <c r="B59" s="25"/>
+      <c r="C59" s="25"/>
+      <c r="D59" s="25"/>
+      <c r="E59" s="27"/>
+      <c r="H59" s="27"/>
+      <c r="O59" s="28"/>
+      <c r="Q59" s="28"/>
+      <c r="R59" s="28"/>
+      <c r="S59" s="28"/>
+      <c r="T59" s="28"/>
+      <c r="V59" s="28"/>
+      <c r="W59" s="28"/>
+      <c r="X59" s="28"/>
+      <c r="Y59" s="28"/>
+      <c r="Z59" s="28"/>
+      <c r="AA59" s="28"/>
+      <c r="AB59" s="28"/>
+      <c r="AC59" s="28"/>
+    </row>
+    <row r="60" spans="1:31" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A60" s="120" t="s">
         <v>62</v>
       </c>
-      <c r="B56" s="171"/>
-[...34 lines deleted...]
-      <c r="H57" s="73" t="s">
+      <c r="B60" s="121"/>
+      <c r="C60" s="121"/>
+      <c r="D60" s="121"/>
+      <c r="E60" s="121"/>
+      <c r="F60" s="122"/>
+      <c r="H60" s="21"/>
+      <c r="I60" s="21"/>
+      <c r="J60" s="21"/>
+      <c r="K60" s="20"/>
+      <c r="L60" s="21"/>
+      <c r="M60" s="20"/>
+      <c r="N60" s="20"/>
+      <c r="O60" s="59"/>
+      <c r="P60" s="31"/>
+      <c r="Q60" s="59"/>
+      <c r="R60" s="59"/>
+      <c r="S60" s="59"/>
+      <c r="T60" s="59"/>
+      <c r="V60" s="59"/>
+      <c r="W60" s="59"/>
+      <c r="X60" s="59"/>
+      <c r="Y60" s="59"/>
+      <c r="Z60" s="59"/>
+      <c r="AA60" s="59"/>
+      <c r="AB60" s="59"/>
+      <c r="AC60" s="59"/>
+      <c r="AD60" s="60"/>
+      <c r="AE60" s="60"/>
+    </row>
+    <row r="61" spans="1:31" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="123"/>
+      <c r="B61" s="124"/>
+      <c r="C61" s="124"/>
+      <c r="D61" s="124"/>
+      <c r="E61" s="124"/>
+      <c r="F61" s="125"/>
+      <c r="H61" s="62" t="s">
+        <v>58</v>
+      </c>
+      <c r="I61" s="62"/>
+      <c r="J61" s="62"/>
+      <c r="L61" s="28"/>
+      <c r="O61" s="25"/>
+      <c r="P61" s="39" t="s">
         <v>59</v>
       </c>
-      <c r="I57" s="73"/>
-[...44 lines deleted...]
-      <c r="A59" s="162" t="s">
+      <c r="Q61" s="25"/>
+      <c r="R61" s="25"/>
+      <c r="S61" s="25"/>
+      <c r="T61" s="25"/>
+      <c r="V61" s="25"/>
+      <c r="W61" s="25"/>
+      <c r="X61" s="25"/>
+      <c r="Y61" s="25"/>
+      <c r="Z61" s="25"/>
+      <c r="AA61" s="25"/>
+      <c r="AB61" s="25"/>
+      <c r="AC61" s="25"/>
+      <c r="AD61" s="25"/>
+      <c r="AE61" s="25"/>
+    </row>
+    <row r="62" spans="1:31" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A62" s="25"/>
+      <c r="B62" s="32"/>
+      <c r="C62" s="33"/>
+      <c r="D62" s="33"/>
+      <c r="E62" s="33"/>
+      <c r="F62" s="33"/>
+      <c r="G62" s="32"/>
+      <c r="H62" s="32"/>
+      <c r="I62" s="32"/>
+      <c r="J62" s="32"/>
+      <c r="K62" s="33"/>
+      <c r="L62" s="34"/>
+      <c r="M62" s="35"/>
+      <c r="N62" s="35"/>
+      <c r="O62" s="35"/>
+      <c r="P62" s="35"/>
+      <c r="Q62" s="35"/>
+      <c r="R62" s="35"/>
+      <c r="S62" s="35"/>
+      <c r="T62" s="35"/>
+      <c r="U62" s="35"/>
+      <c r="V62" s="35"/>
+      <c r="W62" s="35"/>
+      <c r="X62" s="35"/>
+      <c r="Y62" s="35"/>
+      <c r="Z62" s="35"/>
+      <c r="AA62" s="35"/>
+      <c r="AB62" s="35"/>
+      <c r="AC62" s="35"/>
+      <c r="AD62" s="35"/>
+      <c r="AE62" s="35"/>
+    </row>
+    <row r="63" spans="1:31" ht="19.899999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A63" s="156" t="s">
         <v>63</v>
       </c>
-      <c r="B59" s="163"/>
-[...91 lines deleted...]
-      <c r="A62" s="139" t="s">
+      <c r="B63" s="157"/>
+      <c r="C63" s="157"/>
+      <c r="D63" s="157"/>
+      <c r="E63" s="157"/>
+      <c r="F63" s="157"/>
+      <c r="G63" s="157"/>
+      <c r="H63" s="157"/>
+      <c r="I63" s="157"/>
+      <c r="J63" s="157"/>
+      <c r="K63" s="157"/>
+      <c r="L63" s="157"/>
+      <c r="M63" s="157"/>
+      <c r="N63" s="157"/>
+      <c r="O63" s="157"/>
+      <c r="P63" s="157"/>
+      <c r="Q63" s="157"/>
+      <c r="R63" s="157"/>
+      <c r="S63" s="157"/>
+      <c r="T63" s="157"/>
+      <c r="U63" s="157"/>
+      <c r="V63" s="157"/>
+      <c r="W63" s="157"/>
+      <c r="X63" s="157"/>
+      <c r="Y63" s="157"/>
+      <c r="Z63" s="157"/>
+      <c r="AA63" s="157"/>
+      <c r="AB63" s="157"/>
+      <c r="AC63" s="157"/>
+      <c r="AD63" s="158"/>
+    </row>
+    <row r="64" spans="1:31" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="150" t="s">
         <v>64</v>
       </c>
-      <c r="B62" s="140"/>
-[...30 lines deleted...]
-      <c r="A63" s="135" t="s">
+      <c r="B64" s="151"/>
+      <c r="C64" s="151"/>
+      <c r="D64" s="151"/>
+      <c r="E64" s="151"/>
+      <c r="F64" s="151"/>
+      <c r="G64" s="151"/>
+      <c r="H64" s="151"/>
+      <c r="I64" s="151"/>
+      <c r="J64" s="151"/>
+      <c r="K64" s="151"/>
+      <c r="L64" s="151"/>
+      <c r="M64" s="151"/>
+      <c r="N64" s="151"/>
+      <c r="O64" s="151"/>
+      <c r="P64" s="151"/>
+      <c r="Q64" s="151"/>
+      <c r="R64" s="151"/>
+      <c r="S64" s="151"/>
+      <c r="T64" s="151"/>
+      <c r="U64" s="151"/>
+      <c r="V64" s="151"/>
+      <c r="W64" s="151"/>
+      <c r="X64" s="151"/>
+      <c r="Y64" s="151"/>
+      <c r="Z64" s="151"/>
+      <c r="AA64" s="151"/>
+      <c r="AB64" s="151"/>
+      <c r="AC64" s="151"/>
+      <c r="AD64" s="151"/>
+    </row>
+    <row r="65" spans="1:30" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A65" s="7"/>
+      <c r="B65" s="6" t="s">
         <v>65</v>
-      </c>
-[...67 lines deleted...]
-        <v>67</v>
       </c>
       <c r="C65" s="3"/>
       <c r="D65" s="3"/>
-      <c r="E65" s="9"/>
+      <c r="E65" s="8"/>
       <c r="F65" s="3"/>
       <c r="G65" s="3"/>
-      <c r="H65" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H65" s="3"/>
       <c r="I65" s="3"/>
-      <c r="J65" s="8"/>
-      <c r="K65" s="8"/>
+      <c r="J65" s="3"/>
+      <c r="K65" s="3"/>
       <c r="L65" s="3"/>
       <c r="M65" s="3"/>
       <c r="N65" s="3"/>
       <c r="O65" s="3"/>
-      <c r="P65" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P65" s="3"/>
       <c r="Q65" s="3"/>
       <c r="R65" s="3"/>
       <c r="S65" s="3"/>
       <c r="T65" s="3"/>
       <c r="U65" s="3"/>
       <c r="V65" s="3"/>
       <c r="W65" s="3"/>
       <c r="X65" s="3"/>
       <c r="Y65" s="3"/>
       <c r="Z65" s="3"/>
       <c r="AA65" s="3"/>
       <c r="AB65" s="3"/>
       <c r="AC65" s="3"/>
       <c r="AD65" s="3"/>
     </row>
-    <row r="66" spans="1:30" ht="24" customHeight="1">
+    <row r="66" spans="1:30" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A66" s="2"/>
       <c r="B66" s="6" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="C66" s="3"/>
       <c r="D66" s="3"/>
       <c r="E66" s="9"/>
       <c r="F66" s="3"/>
       <c r="G66" s="3"/>
       <c r="H66" s="6" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="I66" s="3"/>
-      <c r="J66" s="9"/>
-      <c r="K66" s="9"/>
+      <c r="J66" s="8"/>
+      <c r="K66" s="8"/>
       <c r="L66" s="3"/>
       <c r="M66" s="3"/>
       <c r="N66" s="3"/>
       <c r="O66" s="3"/>
-      <c r="P66" s="10"/>
+      <c r="P66" s="6" t="s">
+        <v>68</v>
+      </c>
       <c r="Q66" s="3"/>
       <c r="R66" s="3"/>
       <c r="S66" s="3"/>
       <c r="T66" s="3"/>
       <c r="U66" s="3"/>
       <c r="V66" s="3"/>
       <c r="W66" s="3"/>
       <c r="X66" s="3"/>
       <c r="Y66" s="3"/>
       <c r="Z66" s="3"/>
       <c r="AA66" s="3"/>
       <c r="AB66" s="3"/>
       <c r="AC66" s="3"/>
       <c r="AD66" s="3"/>
     </row>
-    <row r="67" spans="1:30" ht="20.25" customHeight="1" thickBot="1">
-[...33 lines deleted...]
-    <row r="70" spans="1:30" ht="24" customHeight="1"/>
+    <row r="67" spans="1:30" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A67" s="2"/>
+      <c r="B67" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="C67" s="3"/>
+      <c r="D67" s="3"/>
+      <c r="E67" s="9"/>
+      <c r="F67" s="3"/>
+      <c r="G67" s="3"/>
+      <c r="H67" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="I67" s="3"/>
+      <c r="J67" s="9"/>
+      <c r="K67" s="9"/>
+      <c r="L67" s="3"/>
+      <c r="M67" s="3"/>
+      <c r="N67" s="3"/>
+      <c r="O67" s="3"/>
+      <c r="P67" s="10"/>
+      <c r="Q67" s="3"/>
+      <c r="R67" s="3"/>
+      <c r="S67" s="3"/>
+      <c r="T67" s="3"/>
+      <c r="U67" s="3"/>
+      <c r="V67" s="3"/>
+      <c r="W67" s="3"/>
+      <c r="X67" s="3"/>
+      <c r="Y67" s="3"/>
+      <c r="Z67" s="3"/>
+      <c r="AA67" s="3"/>
+      <c r="AB67" s="3"/>
+      <c r="AC67" s="3"/>
+      <c r="AD67" s="3"/>
+    </row>
+    <row r="68" spans="1:30" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A68" s="4"/>
+      <c r="B68" s="5"/>
+      <c r="C68" s="5"/>
+      <c r="D68" s="5"/>
+      <c r="E68" s="5"/>
+      <c r="F68" s="5"/>
+      <c r="G68" s="5"/>
+      <c r="H68" s="5"/>
+      <c r="I68" s="5"/>
+      <c r="J68" s="5"/>
+      <c r="K68" s="5"/>
+      <c r="L68" s="5"/>
+      <c r="M68" s="5"/>
+      <c r="N68" s="5"/>
+      <c r="O68" s="5"/>
+      <c r="P68" s="5"/>
+      <c r="Q68" s="5"/>
+      <c r="R68" s="5"/>
+      <c r="S68" s="5"/>
+      <c r="T68" s="5"/>
+      <c r="U68" s="5"/>
+      <c r="V68" s="5"/>
+      <c r="W68" s="5"/>
+      <c r="X68" s="5"/>
+      <c r="Y68" s="5"/>
+      <c r="Z68" s="5"/>
+      <c r="AA68" s="5"/>
+      <c r="AB68" s="5"/>
+      <c r="AC68" s="5"/>
+      <c r="AD68" s="5"/>
+    </row>
+    <row r="69" spans="1:30" ht="24" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="70" spans="1:30" ht="24" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="71" spans="1:30" ht="24" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
-  <mergeCells count="58">
-[...41 lines deleted...]
-    <mergeCell ref="A30:AD30"/>
+  <mergeCells count="59">
+    <mergeCell ref="AE15:AE16"/>
     <mergeCell ref="A3:AD3"/>
     <mergeCell ref="A4:AD4"/>
     <mergeCell ref="A5:AD5"/>
     <mergeCell ref="L15:L16"/>
     <mergeCell ref="N15:O15"/>
     <mergeCell ref="X15:X16"/>
     <mergeCell ref="Z15:AA15"/>
     <mergeCell ref="S14:AD14"/>
     <mergeCell ref="G14:R14"/>
     <mergeCell ref="E15:E16"/>
     <mergeCell ref="B14:F14"/>
     <mergeCell ref="F15:F16"/>
     <mergeCell ref="R15:R16"/>
     <mergeCell ref="AC15:AC16"/>
     <mergeCell ref="AD15:AD16"/>
+    <mergeCell ref="A64:AD64"/>
+    <mergeCell ref="B15:B16"/>
+    <mergeCell ref="C15:C16"/>
+    <mergeCell ref="A63:AD63"/>
+    <mergeCell ref="A47:AD47"/>
+    <mergeCell ref="A48:AD48"/>
+    <mergeCell ref="A40:AD40"/>
+    <mergeCell ref="A41:AD41"/>
+    <mergeCell ref="A42:AD42"/>
+    <mergeCell ref="A43:AD43"/>
+    <mergeCell ref="A44:AD44"/>
+    <mergeCell ref="A45:AD45"/>
+    <mergeCell ref="A39:AD39"/>
+    <mergeCell ref="A29:AD29"/>
+    <mergeCell ref="A30:AD30"/>
+    <mergeCell ref="A31:AD31"/>
+    <mergeCell ref="G15:G16"/>
+    <mergeCell ref="H15:H16"/>
+    <mergeCell ref="I15:I16"/>
+    <mergeCell ref="J15:J16"/>
+    <mergeCell ref="K15:K16"/>
+    <mergeCell ref="M15:M16"/>
+    <mergeCell ref="P15:P16"/>
+    <mergeCell ref="Q15:Q16"/>
+    <mergeCell ref="S15:S16"/>
+    <mergeCell ref="T15:T16"/>
     <mergeCell ref="D15:D16"/>
+    <mergeCell ref="A60:F61"/>
+    <mergeCell ref="A15:A16"/>
+    <mergeCell ref="AB15:AB16"/>
+    <mergeCell ref="Y15:Y16"/>
+    <mergeCell ref="A32:AD32"/>
+    <mergeCell ref="A33:AD33"/>
+    <mergeCell ref="A34:AD34"/>
+    <mergeCell ref="A35:AD35"/>
+    <mergeCell ref="A36:AD36"/>
+    <mergeCell ref="A37:AD37"/>
+    <mergeCell ref="A38:AD38"/>
+    <mergeCell ref="U15:U16"/>
+    <mergeCell ref="V15:V16"/>
+    <mergeCell ref="W15:W16"/>
+    <mergeCell ref="A53:F54"/>
+    <mergeCell ref="A57:F58"/>
   </mergeCells>
   <printOptions horizontalCentered="1" gridLinesSet="0"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="5" scale="40" fitToHeight="0" orientation="landscape" horizontalDpi="4294967292" r:id="rId1"/>
+  <pageSetup paperSize="5" scale="37" fitToHeight="0" orientation="landscape" horizontalDpi="4294967292" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;R
 &amp;8Cost Transfer_Feb 22, 2016</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_dlc_DocId xmlns="e3b2f8eb-7077-4394-88dc-fdd005b2502b">NMF73XMDHVK5-1095987963-1834</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="e3b2f8eb-7077-4394-88dc-fdd005b2502b">
       <Url>https://o365ucr.sharepoint.com/sites/BFS/GA/_layouts/15/DocIdRedir.aspx?ID=NMF73XMDHVK5-1095987963-1834</Url>
       <Description>NMF73XMDHVK5-1095987963-1834</Description>
     </_dlc_DocIdUrl>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="b0564986-74d4-404b-ac1d-025ab649fc8b">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="e3b2f8eb-7077-4394-88dc-fdd005b2502b" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...57 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010007945B1B39046F419754E848EE31D5EF" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ead988cfbc3fe9f659e8fb83c63b7929">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e3b2f8eb-7077-4394-88dc-fdd005b2502b" xmlns:ns3="b0564986-74d4-404b-ac1d-025ab649fc8b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="53cef524138b45f7c2cdb58df1c83471" ns2:_="" ns3:_="">
     <xsd:import namespace="e3b2f8eb-7077-4394-88dc-fdd005b2502b"/>
     <xsd:import namespace="b0564986-74d4-404b-ac1d-025ab649fc8b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
@@ -5154,92 +5193,151 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1BF69214-61E2-486C-A0A1-CFDDDE5CE4CF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="e3b2f8eb-7077-4394-88dc-fdd005b2502b"/>
     <ds:schemaRef ds:uri="b0564986-74d4-404b-ac1d-025ab649fc8b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{35915AD7-8544-400F-AC6F-0FBA5915E0B1}">
-[...14 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{32ED1FA5-C936-489D-9BE1-739882B82A89}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="e3b2f8eb-7077-4394-88dc-fdd005b2502b"/>
     <ds:schemaRef ds:uri="b0564986-74d4-404b-ac1d-025ab649fc8b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5BD8F622-1D50-4BCD-AE07-4F5CDD4203BE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{35915AD7-8544-400F-AC6F-0FBA5915E0B1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
@@ -5248,50 +5346,51 @@
       <vt:lpstr>Guidelines and Instructions</vt:lpstr>
       <vt:lpstr>Oracle Cost Transfer Form</vt:lpstr>
       <vt:lpstr>'Oracle Cost Transfer Form'!FORM</vt:lpstr>
       <vt:lpstr>'Oracle Cost Transfer Form'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jerry Monahan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="SV_QUERY_LIST_4F35BF76-6C0D-4D9B-82B2-816C12CF3733">
     <vt:lpwstr>empty_477D106A-C0D6-4607-AEBD-E2C9D60EA279</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="SV_HIDDEN_GRID_QUERY_LIST_4F35BF76-6C0D-4D9B-82B2-816C12CF3733">
     <vt:lpwstr>empty_477D106A-C0D6-4607-AEBD-E2C9D60EA279</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ContentTypeId">
     <vt:lpwstr>0x01010007945B1B39046F419754E848EE31D5EF</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>760931da-c422-4f86-abb3-f7490e5b48e4</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>