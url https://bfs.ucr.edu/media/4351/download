--- v0 (2025-10-09)
+++ v1 (2026-02-27)
@@ -1,1022 +1,976 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="-255"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="588"/>
         <w:gridCol w:w="3631"/>
         <w:gridCol w:w="186"/>
         <w:gridCol w:w="759"/>
         <w:gridCol w:w="1037"/>
         <w:gridCol w:w="1551"/>
         <w:gridCol w:w="343"/>
         <w:gridCol w:w="489"/>
         <w:gridCol w:w="681"/>
         <w:gridCol w:w="1669"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E84AAF" w:rsidRPr="005A5A04" w:rsidTr="00C67E52">
+      <w:tr w:rsidR="00E84AAF" w:rsidRPr="005A5A04" w14:paraId="6A453D85" w14:textId="77777777" w:rsidTr="00C67E52">
         <w:trPr>
           <w:trHeight w:val="350"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10934" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00386913" w:rsidRDefault="00386913" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453D83" w14:textId="77777777" w:rsidR="00386913" w:rsidRDefault="00386913" w:rsidP="00C67E52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">REPORT AND CERTIFICATION OF PROPOSED TRANSACTION </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E84AAF" w:rsidRPr="008F2CD4" w:rsidRDefault="00386913" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453D84" w14:textId="77777777" w:rsidR="00E84AAF" w:rsidRPr="008F2CD4" w:rsidRDefault="00386913" w:rsidP="00C67E52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>INVOLVING A POTENTIAL CONFLICT OF INTEREST</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E84AAF" w:rsidRPr="005A5A04" w:rsidTr="00C67E52">
+      <w:tr w:rsidR="00E84AAF" w:rsidRPr="005A5A04" w14:paraId="6A453D87" w14:textId="77777777" w:rsidTr="00C67E52">
         <w:trPr>
           <w:trHeight w:val="350"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10934" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E84AAF" w:rsidRPr="005A5A04" w:rsidRDefault="00386913" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453D86" w14:textId="77777777" w:rsidR="00E84AAF" w:rsidRPr="005A5A04" w:rsidRDefault="00386913" w:rsidP="00C67E52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Instructions</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E84AAF" w:rsidRPr="005A5A04" w:rsidTr="00C67E52">
+      <w:tr w:rsidR="00E84AAF" w:rsidRPr="005A5A04" w14:paraId="6A453D8E" w14:textId="77777777" w:rsidTr="00C67E52">
         <w:trPr>
           <w:trHeight w:val="2666"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10934" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
           </w:tcPr>
-          <w:p w:rsidR="00E84AAF" w:rsidRDefault="00386913" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453D88" w14:textId="77777777" w:rsidR="00E84AAF" w:rsidRDefault="00386913" w:rsidP="00C67E52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t xml:space="preserve">Each person offering to provide goods or services to the University must complete the report </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>when that person is</w:t>
             </w:r>
             <w:r w:rsidRPr="00386913">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="00E84AAF" w:rsidRPr="0008153B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00386913" w:rsidRDefault="00386913" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453D89" w14:textId="77777777" w:rsidR="00386913" w:rsidRDefault="00386913" w:rsidP="00C67E52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>a current UC employee</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00386913" w:rsidRDefault="00386913" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453D8A" w14:textId="77777777" w:rsidR="00386913" w:rsidRDefault="00386913" w:rsidP="00C67E52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>a former UC employee, who has been separated for less than two (2) years (retired, dismissed, separated, or formerly employed)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00386913" w:rsidRDefault="00386913" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453D8B" w14:textId="77777777" w:rsidR="00386913" w:rsidRDefault="00386913" w:rsidP="00C67E52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>a current UC employee, who owns or controls ten percent (10%) or greater interest in a business that will provide goods or services to the University</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00386913" w:rsidRDefault="00386913" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453D8C" w14:textId="77777777" w:rsidR="00386913" w:rsidRDefault="00386913" w:rsidP="00C67E52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>a near relative of a current UC employee (spouse, child, parent, brother, sister, son-in-law, daughter-in-law, father-in-law, mother-in-law, brother-in-law, sister-in-law, and step relatives in the same relationship)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00386913" w:rsidRPr="00386913" w:rsidRDefault="00386913" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453D8D" w14:textId="77777777" w:rsidR="00386913" w:rsidRPr="00386913" w:rsidRDefault="00386913" w:rsidP="00C67E52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>a near relative of a current UC employee, when that near relative owns or controls ten percent (10%) or greater interest in a business that will provide goods or services to the University.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C71525" w:rsidRPr="005A5A04" w:rsidTr="00C67E52">
+      <w:tr w:rsidR="00C71525" w:rsidRPr="005A5A04" w14:paraId="6A453D90" w14:textId="77777777" w:rsidTr="00C67E52">
         <w:trPr>
           <w:trHeight w:val="350"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10934" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C71525" w:rsidRPr="005A5A04" w:rsidRDefault="00C71525" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453D8F" w14:textId="77777777" w:rsidR="00C71525" w:rsidRPr="005A5A04" w:rsidRDefault="00C71525" w:rsidP="00C67E52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Completion of this report does not constitute authorization to begin work.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E84AAF" w:rsidRPr="005A5A04" w:rsidTr="00AC44F4">
+      <w:tr w:rsidR="00E84AAF" w:rsidRPr="005A5A04" w14:paraId="6A453D95" w14:textId="77777777" w:rsidTr="00AC44F4">
         <w:trPr>
           <w:trHeight w:val="515"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6201" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E84AAF" w:rsidRPr="0008153B" w:rsidRDefault="00C71525" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453D91" w14:textId="77777777" w:rsidR="00E84AAF" w:rsidRPr="0008153B" w:rsidRDefault="00C71525" w:rsidP="00C67E52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Full Legal Name</w:t>
             </w:r>
             <w:r w:rsidR="00E84AAF" w:rsidRPr="0008153B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E84AAF" w:rsidRPr="0008153B" w:rsidRDefault="00A340A8" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453D92" w14:textId="77777777" w:rsidR="00E84AAF" w:rsidRPr="0008153B" w:rsidRDefault="00000000" w:rsidP="00C67E52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Emphasis"/>
                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                   <w:color w:val="1F3864" w:themeColor="accent5" w:themeShade="80"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="130525122"/>
                 <w:placeholder>
                   <w:docPart w:val="3EF3BF9EE85448C3BE383CD277825388"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr>
-[...3 lines deleted...]
-              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00E84AAF" w:rsidRPr="0008153B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:highlight w:val="yellow"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4733" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E84AAF" w:rsidRPr="0008153B" w:rsidRDefault="00C71525" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453D93" w14:textId="77777777" w:rsidR="00E84AAF" w:rsidRPr="0008153B" w:rsidRDefault="00C71525" w:rsidP="00C67E52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="MS Gothic" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="MS Gothic" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Name of Business</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E84AAF" w:rsidRPr="0008153B" w:rsidRDefault="00A340A8" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453D94" w14:textId="77777777" w:rsidR="00E84AAF" w:rsidRPr="0008153B" w:rsidRDefault="00000000" w:rsidP="00C67E52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Emphasis"/>
                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                   <w:color w:val="1F3864" w:themeColor="accent5" w:themeShade="80"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="658506719"/>
                 <w:placeholder>
                   <w:docPart w:val="C2445D41C1204D49B57FA7AA8ECFBEA1"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr>
-[...3 lines deleted...]
-              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00C71525" w:rsidRPr="0008153B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:highlight w:val="yellow"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E84AAF" w:rsidRPr="005A5A04" w:rsidTr="00AC44F4">
+      <w:tr w:rsidR="00E84AAF" w:rsidRPr="005A5A04" w14:paraId="6A453D99" w14:textId="77777777" w:rsidTr="00AC44F4">
         <w:trPr>
           <w:trHeight w:val="350"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4219" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E84AAF" w:rsidRPr="0008153B" w:rsidRDefault="00C71525" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453D96" w14:textId="77777777" w:rsidR="00E84AAF" w:rsidRPr="0008153B" w:rsidRDefault="00C71525" w:rsidP="00C67E52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>UC Campus/Facility Where Employed</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3533" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E84AAF" w:rsidRPr="0008153B" w:rsidRDefault="00C71525" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453D97" w14:textId="77777777" w:rsidR="00E84AAF" w:rsidRPr="0008153B" w:rsidRDefault="00C71525" w:rsidP="00C67E52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Department Where Employed</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3182" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E84AAF" w:rsidRPr="0008153B" w:rsidRDefault="00C71525" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453D98" w14:textId="77777777" w:rsidR="00E84AAF" w:rsidRPr="0008153B" w:rsidRDefault="00C71525" w:rsidP="00C67E52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Separation Date, If Applicable</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F2CD4" w:rsidRPr="005A5A04" w:rsidTr="00AC44F4">
+      <w:tr w:rsidR="008F2CD4" w:rsidRPr="005A5A04" w14:paraId="6A453D9D" w14:textId="77777777" w:rsidTr="00AC44F4">
         <w:trPr>
           <w:trHeight w:val="530"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4219" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E84AAF" w:rsidRPr="0008153B" w:rsidRDefault="00A340A8" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453D9A" w14:textId="77777777" w:rsidR="00E84AAF" w:rsidRPr="0008153B" w:rsidRDefault="00000000" w:rsidP="00C67E52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Emphasis"/>
                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                   <w:color w:val="1F3864" w:themeColor="accent5" w:themeShade="80"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="96226458"/>
                 <w:placeholder>
                   <w:docPart w:val="41298E3591CF4B5D8F7C0D681BC5B8BE"/>
                 </w:placeholder>
               </w:sdtPr>
-              <w:sdtEndPr>
-[...3 lines deleted...]
-              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="008F2CD4" w:rsidRPr="0008153B">
                   <w:rPr>
                     <w:rStyle w:val="Emphasis"/>
                     <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                     <w:color w:val="1F3864" w:themeColor="accent5" w:themeShade="80"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
                 <w:sdt>
                   <w:sdtPr>
                     <w:rPr>
                       <w:rStyle w:val="Emphasis"/>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                       <w:color w:val="1F3864" w:themeColor="accent5" w:themeShade="80"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:id w:val="-462509238"/>
                     <w:placeholder>
                       <w:docPart w:val="7B262ED1E54B4DF3B564906C06FF0CC6"/>
                     </w:placeholder>
                     <w:showingPlcHdr/>
                   </w:sdtPr>
-                  <w:sdtEndPr>
-[...3 lines deleted...]
-                  </w:sdtEndPr>
                   <w:sdtContent>
                     <w:r w:rsidR="008F2CD4" w:rsidRPr="0008153B">
                       <w:rPr>
                         <w:rStyle w:val="PlaceholderText"/>
                         <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                         <w:highlight w:val="yellow"/>
                       </w:rPr>
                       <w:t>Click here to enter text.</w:t>
                     </w:r>
                   </w:sdtContent>
                 </w:sdt>
                 <w:r w:rsidR="008F2CD4" w:rsidRPr="0008153B">
                   <w:rPr>
                     <w:rStyle w:val="Emphasis"/>
                     <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                     <w:color w:val="1F3864" w:themeColor="accent5" w:themeShade="80"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3533" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E84AAF" w:rsidRPr="0008153B" w:rsidRDefault="00A340A8" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453D9B" w14:textId="77777777" w:rsidR="00E84AAF" w:rsidRPr="0008153B" w:rsidRDefault="00000000" w:rsidP="00C67E52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Emphasis"/>
                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                   <w:color w:val="1F3864" w:themeColor="accent5" w:themeShade="80"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="895475805"/>
                 <w:placeholder>
                   <w:docPart w:val="4D62DE8C23134C23AE624582637A3F1C"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr>
-[...3 lines deleted...]
-              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00E84AAF" w:rsidRPr="0008153B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:highlight w:val="yellow"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3182" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E84AAF" w:rsidRPr="0008153B" w:rsidRDefault="00A340A8" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453D9C" w14:textId="77777777" w:rsidR="00E84AAF" w:rsidRPr="0008153B" w:rsidRDefault="00000000" w:rsidP="00C67E52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Emphasis"/>
                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                   <w:color w:val="1F3864" w:themeColor="accent5" w:themeShade="80"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1257256979"/>
                 <w:placeholder>
                   <w:docPart w:val="B3644E1D16F3467ABDD095AE2ABAD474"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr>
-[...3 lines deleted...]
-              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00E84AAF" w:rsidRPr="0008153B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:highlight w:val="yellow"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E84AAF" w:rsidRPr="005A5A04" w:rsidTr="00C67E52">
+      <w:tr w:rsidR="00E84AAF" w:rsidRPr="005A5A04" w14:paraId="6A453DA0" w14:textId="77777777" w:rsidTr="00C67E52">
         <w:trPr>
           <w:trHeight w:val="875"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10934" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E84AAF" w:rsidRPr="0008153B" w:rsidRDefault="00C71525" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453D9E" w14:textId="77777777" w:rsidR="00E84AAF" w:rsidRPr="0008153B" w:rsidRDefault="00C71525" w:rsidP="00C67E52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Description of UC employment job duties</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E84AAF" w:rsidRPr="0008153B" w:rsidRDefault="00A340A8" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453D9F" w14:textId="77777777" w:rsidR="00E84AAF" w:rsidRPr="0008153B" w:rsidRDefault="00000000" w:rsidP="00C67E52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Emphasis"/>
                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                   <w:color w:val="1F3864" w:themeColor="accent5" w:themeShade="80"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="886222548"/>
                 <w:placeholder>
                   <w:docPart w:val="8E117A2D701F46CFAA5CABAC70383C46"/>
                 </w:placeholder>
               </w:sdtPr>
-              <w:sdtEndPr>
-[...3 lines deleted...]
-              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="008F2CD4" w:rsidRPr="0008153B">
                   <w:rPr>
                     <w:rStyle w:val="Emphasis"/>
                     <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                     <w:color w:val="1F3864" w:themeColor="accent5" w:themeShade="80"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
                 <w:sdt>
                   <w:sdtPr>
                     <w:rPr>
                       <w:rStyle w:val="Emphasis"/>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                       <w:color w:val="1F3864" w:themeColor="accent5" w:themeShade="80"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:id w:val="-1491098301"/>
                     <w:placeholder>
                       <w:docPart w:val="057C323E2A214475902C6EA14A58C0D8"/>
                     </w:placeholder>
                     <w:showingPlcHdr/>
                   </w:sdtPr>
-                  <w:sdtEndPr>
-[...3 lines deleted...]
-                  </w:sdtEndPr>
                   <w:sdtContent>
                     <w:r w:rsidR="008F2CD4" w:rsidRPr="0008153B">
                       <w:rPr>
                         <w:rStyle w:val="PlaceholderText"/>
                         <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                         <w:highlight w:val="yellow"/>
                       </w:rPr>
                       <w:t>Click here to enter text.</w:t>
                     </w:r>
                   </w:sdtContent>
                 </w:sdt>
                 <w:r w:rsidR="008F2CD4" w:rsidRPr="0008153B">
                   <w:rPr>
                     <w:rStyle w:val="Emphasis"/>
                     <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                     <w:color w:val="1F3864" w:themeColor="accent5" w:themeShade="80"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F84849" w:rsidRPr="005A5A04" w:rsidTr="00F84849">
+      <w:tr w:rsidR="00F84849" w:rsidRPr="005A5A04" w14:paraId="6A453DA3" w14:textId="77777777" w:rsidTr="00F84849">
         <w:trPr>
           <w:trHeight w:val="632"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9265" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F84849" w:rsidRPr="00D03F26" w:rsidRDefault="00F84849" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453DA1" w14:textId="77777777" w:rsidR="00F84849" w:rsidRPr="00D03F26" w:rsidRDefault="00F84849" w:rsidP="00C67E52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D03F26">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>If you are, or your near relative is a current UC employee, does the position include teaching or research responsibilities?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1669" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F84849" w:rsidRDefault="00A340A8" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453DA2" w14:textId="77777777" w:rsidR="00F84849" w:rsidRDefault="00000000" w:rsidP="00C67E52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Emphasis"/>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   <w:b w:val="0"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1859732978"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr>
-[...3 lines deleted...]
-              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00F84849">
                   <w:rPr>
                     <w:rStyle w:val="Emphasis"/>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b w:val="0"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00F84849" w:rsidRPr="0008153B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00F84849" w:rsidRPr="0008153B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
@@ -1037,1365 +991,1300 @@
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Emphasis"/>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   <w:b w:val="0"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="389159920"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr>
-[...3 lines deleted...]
-              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00F84849" w:rsidRPr="0008153B">
                   <w:rPr>
                     <w:rStyle w:val="Emphasis"/>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b w:val="0"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00F84849" w:rsidRPr="0008153B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00F84849" w:rsidRPr="0008153B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
             <w:r w:rsidR="00F84849" w:rsidRPr="0008153B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C71525" w:rsidRPr="005A5A04" w:rsidTr="00E93018">
+      <w:tr w:rsidR="00C71525" w:rsidRPr="005A5A04" w14:paraId="6A453DA5" w14:textId="77777777" w:rsidTr="00E93018">
         <w:trPr>
           <w:trHeight w:val="362"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10934" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C71525" w:rsidRPr="008F2CD4" w:rsidRDefault="00C71525" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453DA4" w14:textId="77777777" w:rsidR="00C71525" w:rsidRPr="008F2CD4" w:rsidRDefault="00C71525" w:rsidP="00C67E52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Please indicate which of the following is applicable</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C71525" w:rsidRPr="005A5A04" w:rsidTr="00C67E52">
+      <w:tr w:rsidR="00C71525" w:rsidRPr="005A5A04" w14:paraId="6A453DA7" w14:textId="77777777" w:rsidTr="00C67E52">
         <w:trPr>
           <w:trHeight w:val="191"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10934" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C76875" w:rsidRPr="00D5722E" w:rsidRDefault="00C76875" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453DA6" w14:textId="77777777" w:rsidR="00C76875" w:rsidRPr="00D5722E" w:rsidRDefault="00C76875" w:rsidP="00C67E52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D5722E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>I am a:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C76875" w:rsidRPr="005A5A04" w:rsidTr="00AC44F4">
+      <w:tr w:rsidR="00C76875" w:rsidRPr="005A5A04" w14:paraId="6A453DAA" w14:textId="77777777" w:rsidTr="00AC44F4">
         <w:trPr>
           <w:trHeight w:val="191"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C76875" w:rsidRDefault="00A340A8" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453DA8" w14:textId="77777777" w:rsidR="00C76875" w:rsidRDefault="00000000" w:rsidP="00C67E52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Emphasis"/>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   <w:b w:val="0"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1226576983"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr>
-[...3 lines deleted...]
-              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00C76875">
                   <w:rPr>
                     <w:rStyle w:val="Emphasis"/>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b w:val="0"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10346" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C76875" w:rsidRDefault="00C76875" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453DA9" w14:textId="77777777" w:rsidR="00C76875" w:rsidRDefault="00C76875" w:rsidP="00C67E52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>current UC employee</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C76875" w:rsidRPr="005A5A04" w:rsidTr="00AC44F4">
+      <w:tr w:rsidR="00C76875" w:rsidRPr="005A5A04" w14:paraId="6A453DAD" w14:textId="77777777" w:rsidTr="00AC44F4">
         <w:trPr>
           <w:trHeight w:val="191"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C76875" w:rsidRDefault="00A340A8" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453DAB" w14:textId="77777777" w:rsidR="00C76875" w:rsidRDefault="00000000" w:rsidP="00C67E52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Emphasis"/>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   <w:b w:val="0"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1721126838"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr>
-[...3 lines deleted...]
-              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00E93018">
                   <w:rPr>
                     <w:rStyle w:val="Emphasis"/>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b w:val="0"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10346" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C76875" w:rsidRDefault="00C76875" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453DAC" w14:textId="77777777" w:rsidR="00C76875" w:rsidRDefault="00C76875" w:rsidP="00C67E52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>former UC employee, who has been separated for less than two (2)</w:t>
             </w:r>
             <w:r w:rsidR="00F60DCF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> years</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (retired, dismissed, </w:t>
             </w:r>
             <w:r w:rsidR="00BB3114">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>separated, or formerly employed)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C76875" w:rsidRPr="005A5A04" w:rsidTr="00AC44F4">
+      <w:tr w:rsidR="00C76875" w:rsidRPr="005A5A04" w14:paraId="6A453DB0" w14:textId="77777777" w:rsidTr="00AC44F4">
         <w:trPr>
           <w:trHeight w:val="191"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C76875" w:rsidRDefault="00A340A8" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453DAE" w14:textId="77777777" w:rsidR="00C76875" w:rsidRDefault="00000000" w:rsidP="00C67E52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Emphasis"/>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   <w:b w:val="0"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1987962559"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr>
-[...3 lines deleted...]
-              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00C76875">
                   <w:rPr>
                     <w:rStyle w:val="Emphasis"/>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b w:val="0"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10346" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C76875" w:rsidRDefault="00BB3114" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453DAF" w14:textId="77777777" w:rsidR="00C76875" w:rsidRDefault="00BB3114" w:rsidP="00C67E52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>current UC employee, who owns or controls ten percent (10%) or greater interest in a business that will provide goods or services to the University</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C76875" w:rsidRPr="005A5A04" w:rsidTr="00AC44F4">
+      <w:tr w:rsidR="00C76875" w:rsidRPr="005A5A04" w14:paraId="6A453DB3" w14:textId="77777777" w:rsidTr="00AC44F4">
         <w:trPr>
           <w:trHeight w:val="191"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C76875" w:rsidRDefault="00A340A8" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453DB1" w14:textId="77777777" w:rsidR="00C76875" w:rsidRDefault="00000000" w:rsidP="00C67E52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Emphasis"/>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   <w:b w:val="0"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1932381532"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr>
-[...3 lines deleted...]
-              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00C76875">
                   <w:rPr>
                     <w:rStyle w:val="Emphasis"/>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b w:val="0"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10346" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C76875" w:rsidRDefault="00BB3114" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453DB2" w14:textId="77777777" w:rsidR="00C76875" w:rsidRDefault="00BB3114" w:rsidP="00C67E52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>near relative of a current UC employee (spouse, child, parent, brother, sister, son-in-law, daughter-in-law, father-in-law, mother-in-law, brother-in-law, sister-in-law, and step relatives in the same relationship)</w:t>
             </w:r>
             <w:r w:rsidR="00013177">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB3114" w:rsidRPr="00013177" w:rsidTr="00AC44F4">
+      <w:tr w:rsidR="00BB3114" w:rsidRPr="00013177" w14:paraId="6A453DB7" w14:textId="77777777" w:rsidTr="00AC44F4">
         <w:trPr>
           <w:trHeight w:val="191"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4405" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BB3114" w:rsidRPr="00013177" w:rsidRDefault="00BB3114" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453DB4" w14:textId="77777777" w:rsidR="00BB3114" w:rsidRPr="00013177" w:rsidRDefault="00BB3114" w:rsidP="00C67E52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00013177">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Name of relative</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3347" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BB3114" w:rsidRPr="00013177" w:rsidRDefault="00BB3114" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453DB5" w14:textId="77777777" w:rsidR="00BB3114" w:rsidRPr="00013177" w:rsidRDefault="00BB3114" w:rsidP="00C67E52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00013177">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Relationship to current UC employee</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3182" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BB3114" w:rsidRPr="00013177" w:rsidRDefault="00BB3114" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453DB6" w14:textId="77777777" w:rsidR="00BB3114" w:rsidRPr="00013177" w:rsidRDefault="00BB3114" w:rsidP="00C67E52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00013177">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Relative’s UC Campus and Department</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB3114" w:rsidRPr="005A5A04" w:rsidTr="00AC44F4">
+      <w:tr w:rsidR="00BB3114" w:rsidRPr="005A5A04" w14:paraId="6A453DBB" w14:textId="77777777" w:rsidTr="00AC44F4">
         <w:trPr>
           <w:trHeight w:val="191"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4405" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BB3114" w:rsidRDefault="00A340A8" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453DB8" w14:textId="77777777" w:rsidR="00BB3114" w:rsidRDefault="00000000" w:rsidP="00C67E52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Emphasis"/>
                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                   <w:color w:val="1F3864" w:themeColor="accent5" w:themeShade="80"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-98184015"/>
                 <w:placeholder>
                   <w:docPart w:val="32706AA68F534A47941D07594E6BB631"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr>
-[...3 lines deleted...]
-              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00BB3114" w:rsidRPr="0008153B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:highlight w:val="yellow"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3347" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BB3114" w:rsidRDefault="00A340A8" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453DB9" w14:textId="77777777" w:rsidR="00BB3114" w:rsidRDefault="00000000" w:rsidP="00C67E52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Emphasis"/>
                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                   <w:color w:val="1F3864" w:themeColor="accent5" w:themeShade="80"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-260680359"/>
                 <w:placeholder>
                   <w:docPart w:val="E2D62ECE8EE64452B1E1C52BB5AC587A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr>
-[...3 lines deleted...]
-              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00BB3114" w:rsidRPr="0008153B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:highlight w:val="yellow"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3182" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BB3114" w:rsidRDefault="00A340A8" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453DBA" w14:textId="77777777" w:rsidR="00BB3114" w:rsidRDefault="00000000" w:rsidP="00C67E52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Emphasis"/>
                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                   <w:color w:val="1F3864" w:themeColor="accent5" w:themeShade="80"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-712349930"/>
                 <w:placeholder>
                   <w:docPart w:val="C2CB157D79664FFDA2393DA3A651D6A4"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr>
-[...3 lines deleted...]
-              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00BB3114" w:rsidRPr="0008153B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:highlight w:val="yellow"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB3114" w:rsidRPr="005A5A04" w:rsidTr="00AC44F4">
+      <w:tr w:rsidR="00BB3114" w:rsidRPr="005A5A04" w14:paraId="6A453DBE" w14:textId="77777777" w:rsidTr="00AC44F4">
         <w:trPr>
           <w:trHeight w:val="191"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BB3114" w:rsidRDefault="00A340A8" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453DBC" w14:textId="77777777" w:rsidR="00BB3114" w:rsidRDefault="00000000" w:rsidP="00C67E52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Emphasis"/>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   <w:b w:val="0"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1338034045"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr>
-[...3 lines deleted...]
-              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00BB3114">
                   <w:rPr>
                     <w:rStyle w:val="Emphasis"/>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b w:val="0"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10346" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BB3114" w:rsidRDefault="00BB3114" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453DBD" w14:textId="77777777" w:rsidR="00BB3114" w:rsidRDefault="00BB3114" w:rsidP="00C67E52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">near relative of a current UC employee, when that near relative owns or controls ten percent (10%) or greater interest in a business that will provide goods or services to the University. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00013177" w:rsidRPr="005A5A04" w:rsidTr="00AC44F4">
+      <w:tr w:rsidR="00013177" w:rsidRPr="005A5A04" w14:paraId="6A453DC2" w14:textId="77777777" w:rsidTr="00AC44F4">
         <w:trPr>
           <w:trHeight w:val="191"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4405" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00013177" w:rsidRPr="00013177" w:rsidRDefault="00013177" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453DBF" w14:textId="77777777" w:rsidR="00013177" w:rsidRPr="00013177" w:rsidRDefault="00013177" w:rsidP="00C67E52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00013177">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Name of relative</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3347" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00013177" w:rsidRPr="00013177" w:rsidRDefault="00013177" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453DC0" w14:textId="77777777" w:rsidR="00013177" w:rsidRPr="00013177" w:rsidRDefault="00013177" w:rsidP="00C67E52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00013177">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Relationship </w:t>
             </w:r>
             <w:r w:rsidR="00F60DCF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>t</w:t>
             </w:r>
             <w:r w:rsidRPr="00013177">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>o current UC employee</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3182" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00013177" w:rsidRPr="00013177" w:rsidRDefault="00013177" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453DC1" w14:textId="77777777" w:rsidR="00013177" w:rsidRPr="00013177" w:rsidRDefault="00013177" w:rsidP="00C67E52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00013177">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Relative’s UC Campus and Department</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00013177" w:rsidRPr="005A5A04" w:rsidTr="00AC44F4">
+      <w:tr w:rsidR="00013177" w:rsidRPr="005A5A04" w14:paraId="6A453DC6" w14:textId="77777777" w:rsidTr="00AC44F4">
         <w:trPr>
           <w:trHeight w:val="191"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4405" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00013177" w:rsidRDefault="00A340A8" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453DC3" w14:textId="77777777" w:rsidR="00013177" w:rsidRDefault="00000000" w:rsidP="00C67E52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Emphasis"/>
                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                   <w:color w:val="1F3864" w:themeColor="accent5" w:themeShade="80"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1889995559"/>
                 <w:placeholder>
                   <w:docPart w:val="03D356F97C5B473F9D7802E3E38144CD"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr>
-[...3 lines deleted...]
-              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00013177" w:rsidRPr="0008153B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:highlight w:val="yellow"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3347" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00013177" w:rsidRDefault="00A340A8" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453DC4" w14:textId="77777777" w:rsidR="00013177" w:rsidRDefault="00000000" w:rsidP="00C67E52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Emphasis"/>
                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                   <w:color w:val="1F3864" w:themeColor="accent5" w:themeShade="80"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="794484343"/>
                 <w:placeholder>
                   <w:docPart w:val="08264BEB095849A6B0E9CA63FF23A286"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr>
-[...3 lines deleted...]
-              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00013177" w:rsidRPr="0008153B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:highlight w:val="yellow"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3182" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00013177" w:rsidRDefault="00A340A8" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453DC5" w14:textId="77777777" w:rsidR="00013177" w:rsidRDefault="00000000" w:rsidP="00C67E52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Emphasis"/>
                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                   <w:color w:val="1F3864" w:themeColor="accent5" w:themeShade="80"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-95249950"/>
                 <w:placeholder>
                   <w:docPart w:val="1EAFE695C93C4F5E843A2330BC42A468"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr>
-[...3 lines deleted...]
-              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00013177" w:rsidRPr="0008153B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:highlight w:val="yellow"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D5722E" w:rsidRPr="005A5A04" w:rsidTr="00F84849">
+      <w:tr w:rsidR="00D5722E" w:rsidRPr="005A5A04" w14:paraId="6A453DC8" w14:textId="77777777" w:rsidTr="00F84849">
         <w:trPr>
           <w:trHeight w:val="263"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10934" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D5722E" w:rsidRDefault="00D5722E" w:rsidP="00D5722E">
+          <w:p w14:paraId="6A453DC7" w14:textId="77777777" w:rsidR="00D5722E" w:rsidRDefault="00D5722E" w:rsidP="00D5722E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Current and Former Employees ONLY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00013177" w:rsidRPr="005A5A04" w:rsidTr="00AC44F4">
+      <w:tr w:rsidR="00013177" w:rsidRPr="005A5A04" w14:paraId="6A453DCB" w14:textId="77777777" w:rsidTr="00AC44F4">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9265" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00013177" w:rsidRPr="00C71525" w:rsidRDefault="00013177" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453DC9" w14:textId="77777777" w:rsidR="00013177" w:rsidRPr="00C71525" w:rsidRDefault="00013177" w:rsidP="00C67E52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Do you/Did you have any past, current, or future responsibility for, involvement in, or direct or indirect influence on any of the negotiations, transactions, planning, arrangements, or any part of the decision making process relevant to the proposed transaction?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1669" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00013177" w:rsidRPr="0008153B" w:rsidRDefault="00A340A8" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453DCA" w14:textId="77777777" w:rsidR="00013177" w:rsidRPr="0008153B" w:rsidRDefault="00000000" w:rsidP="00C67E52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Emphasis"/>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   <w:b w:val="0"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="761567009"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr>
-[...3 lines deleted...]
-              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00013177">
                   <w:rPr>
                     <w:rStyle w:val="Emphasis"/>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b w:val="0"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00013177" w:rsidRPr="0008153B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00013177" w:rsidRPr="0008153B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
@@ -2416,107 +2305,102 @@
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Emphasis"/>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   <w:b w:val="0"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="633446172"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr>
-[...3 lines deleted...]
-              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00013177" w:rsidRPr="0008153B">
                   <w:rPr>
                     <w:rStyle w:val="Emphasis"/>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b w:val="0"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00013177" w:rsidRPr="0008153B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00013177" w:rsidRPr="0008153B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
             <w:r w:rsidR="00013177" w:rsidRPr="0008153B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00013177" w:rsidRPr="005A5A04" w:rsidTr="00AC44F4">
+      <w:tr w:rsidR="00013177" w:rsidRPr="005A5A04" w14:paraId="6A453DCE" w14:textId="77777777" w:rsidTr="00AC44F4">
         <w:trPr>
           <w:trHeight w:val="602"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9265" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
           </w:tcPr>
-          <w:p w:rsidR="00013177" w:rsidRPr="0008153B" w:rsidRDefault="00013177" w:rsidP="00F60DCF">
+          <w:p w14:paraId="6A453DCC" w14:textId="77777777" w:rsidR="00013177" w:rsidRPr="0008153B" w:rsidRDefault="00013177" w:rsidP="00F60DCF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Has any/Did any of your University time, University material, University equipment, or w</w:t>
             </w:r>
             <w:r w:rsidR="00F60DCF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ere</w:t>
             </w:r>
             <w:r>
@@ -2528,80 +2412,75 @@
               <w:t xml:space="preserve"> University facilities used or will be used in connection with the proposed transaction?</w:t>
             </w:r>
             <w:r w:rsidRPr="0008153B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="0008153B">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1669" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00013177" w:rsidRPr="0008153B" w:rsidRDefault="00A340A8" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453DCD" w14:textId="77777777" w:rsidR="00013177" w:rsidRPr="0008153B" w:rsidRDefault="00000000" w:rsidP="00C67E52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Emphasis"/>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   <w:b w:val="0"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="598989498"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr>
-[...3 lines deleted...]
-              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00013177" w:rsidRPr="0008153B">
                   <w:rPr>
                     <w:rStyle w:val="Emphasis"/>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b w:val="0"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00013177" w:rsidRPr="0008153B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00013177" w:rsidRPr="0008153B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
@@ -2622,199 +2501,189 @@
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Emphasis"/>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   <w:b w:val="0"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1923451293"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr>
-[...3 lines deleted...]
-              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00013177" w:rsidRPr="0008153B">
                   <w:rPr>
                     <w:rStyle w:val="Emphasis"/>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b w:val="0"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00013177" w:rsidRPr="0008153B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00013177" w:rsidRPr="0008153B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
             <w:r w:rsidR="00013177" w:rsidRPr="0008153B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C67E52" w:rsidRPr="005A5A04" w:rsidTr="00D5722E">
+      <w:tr w:rsidR="00C67E52" w:rsidRPr="005A5A04" w14:paraId="6A453DD0" w14:textId="77777777" w:rsidTr="00D5722E">
         <w:trPr>
           <w:trHeight w:val="245"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10934" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C67E52" w:rsidRDefault="00C67E52" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453DCF" w14:textId="77777777" w:rsidR="00C67E52" w:rsidRDefault="00C67E52" w:rsidP="00C67E52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Relatives of UC Employees ONLY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C67E52" w:rsidRPr="005A5A04" w:rsidTr="00AC44F4">
+      <w:tr w:rsidR="00C67E52" w:rsidRPr="005A5A04" w14:paraId="6A453DD3" w14:textId="77777777" w:rsidTr="00AC44F4">
         <w:trPr>
           <w:trHeight w:val="602"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9265" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
           </w:tcPr>
-          <w:p w:rsidR="00C67E52" w:rsidRDefault="00D5722E" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453DD1" w14:textId="77777777" w:rsidR="00C67E52" w:rsidRDefault="00D5722E" w:rsidP="00C67E52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Does your near relative have any past, current, or future responsibility for, involvement in, or direct or indirect influence on any of the negotiations, transactions, planning, arrangements, or any part of the decision making process relevant to the proposed transaction?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1669" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C67E52" w:rsidRDefault="00A340A8" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453DD2" w14:textId="77777777" w:rsidR="00C67E52" w:rsidRDefault="00000000" w:rsidP="00C67E52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Emphasis"/>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   <w:b w:val="0"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1874221627"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr>
-[...3 lines deleted...]
-              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00D5722E" w:rsidRPr="0008153B">
                   <w:rPr>
                     <w:rStyle w:val="Emphasis"/>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b w:val="0"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D5722E" w:rsidRPr="0008153B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D5722E" w:rsidRPr="0008153B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
@@ -2835,199 +2704,189 @@
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Emphasis"/>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   <w:b w:val="0"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-821882228"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr>
-[...3 lines deleted...]
-              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00D5722E" w:rsidRPr="0008153B">
                   <w:rPr>
                     <w:rStyle w:val="Emphasis"/>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b w:val="0"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D5722E" w:rsidRPr="0008153B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D5722E" w:rsidRPr="0008153B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
             <w:r w:rsidR="00D5722E" w:rsidRPr="0008153B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D5722E" w:rsidRPr="005A5A04" w:rsidTr="00D5722E">
+      <w:tr w:rsidR="00D5722E" w:rsidRPr="005A5A04" w14:paraId="6A453DD5" w14:textId="77777777" w:rsidTr="00D5722E">
         <w:trPr>
           <w:trHeight w:val="146"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10934" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D5722E" w:rsidRDefault="00D5722E" w:rsidP="00D5722E">
+          <w:p w14:paraId="6A453DD4" w14:textId="77777777" w:rsidR="00D5722E" w:rsidRDefault="00D5722E" w:rsidP="00D5722E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>For Former Employees ONLY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C67E52" w:rsidRPr="005A5A04" w:rsidTr="00AC44F4">
+      <w:tr w:rsidR="00C67E52" w:rsidRPr="005A5A04" w14:paraId="6A453DD8" w14:textId="77777777" w:rsidTr="00AC44F4">
         <w:trPr>
           <w:trHeight w:val="602"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9265" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
           </w:tcPr>
-          <w:p w:rsidR="00C67E52" w:rsidRDefault="00D5722E" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453DD6" w14:textId="77777777" w:rsidR="00C67E52" w:rsidRDefault="00D5722E" w:rsidP="00C67E52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Did you hold a policy-making position in the same general subject area as the proposed transaction, during the last twelve (12) months of UC employment?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1669" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C67E52" w:rsidRDefault="00A340A8" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453DD7" w14:textId="77777777" w:rsidR="00C67E52" w:rsidRDefault="00000000" w:rsidP="00C67E52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Emphasis"/>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   <w:b w:val="0"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-785427309"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr>
-[...3 lines deleted...]
-              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00E93018">
                   <w:rPr>
                     <w:rStyle w:val="Emphasis"/>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b w:val="0"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D5722E" w:rsidRPr="0008153B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D5722E" w:rsidRPr="0008153B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
@@ -3048,402 +2907,377 @@
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Emphasis"/>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   <w:b w:val="0"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1684003987"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr>
-[...3 lines deleted...]
-              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00D5722E" w:rsidRPr="0008153B">
                   <w:rPr>
                     <w:rStyle w:val="Emphasis"/>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b w:val="0"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D5722E" w:rsidRPr="0008153B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D5722E" w:rsidRPr="0008153B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
             <w:r w:rsidR="00D5722E" w:rsidRPr="0008153B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A188C" w:rsidRPr="005A5A04" w:rsidTr="005A188C">
+      <w:tr w:rsidR="005A188C" w:rsidRPr="005A5A04" w14:paraId="6A453DDA" w14:textId="77777777" w:rsidTr="005A188C">
         <w:trPr>
           <w:trHeight w:val="164"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10934" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
           </w:tcPr>
-          <w:p w:rsidR="005A188C" w:rsidRPr="005A188C" w:rsidRDefault="005A188C" w:rsidP="005A188C">
+          <w:p w14:paraId="6A453DD9" w14:textId="77777777" w:rsidR="005A188C" w:rsidRPr="005A188C" w:rsidRDefault="005A188C" w:rsidP="005A188C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A188C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve">If you answered </w:t>
             </w:r>
             <w:r w:rsidRPr="005A188C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>YES</w:t>
             </w:r>
             <w:r w:rsidRPr="005A188C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> to any of the above questions, please explain (use and attach additional sheets as necessary):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E93018" w:rsidRPr="005A5A04" w:rsidTr="005A188C">
+      <w:tr w:rsidR="00E93018" w:rsidRPr="005A5A04" w14:paraId="6A453DDC" w14:textId="77777777" w:rsidTr="005A188C">
         <w:trPr>
           <w:trHeight w:val="533"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10934" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E93018" w:rsidRPr="00E93018" w:rsidRDefault="00A340A8" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453DDB" w14:textId="77777777" w:rsidR="00E93018" w:rsidRPr="00E93018" w:rsidRDefault="00000000" w:rsidP="00C67E52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Emphasis"/>
                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                   <w:color w:val="1F3864" w:themeColor="accent5" w:themeShade="80"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1397620637"/>
                 <w:placeholder>
                   <w:docPart w:val="9A7ECDB6B3FF4D94A4B8DA2821902098"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr>
-[...3 lines deleted...]
-              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00E93018" w:rsidRPr="0008153B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:highlight w:val="yellow"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B648CD" w:rsidRPr="005A5A04" w:rsidTr="005A188C">
+      <w:tr w:rsidR="00B648CD" w:rsidRPr="005A5A04" w14:paraId="6A453DDE" w14:textId="77777777" w:rsidTr="005A188C">
         <w:trPr>
           <w:trHeight w:val="153"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10934" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
           </w:tcPr>
-          <w:p w:rsidR="00B648CD" w:rsidRDefault="00B648CD" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453DDD" w14:textId="77777777" w:rsidR="00B648CD" w:rsidRDefault="00B648CD" w:rsidP="00C67E52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E93018" w:rsidRPr="005A5A04" w:rsidTr="002134DF">
+      <w:tr w:rsidR="00E93018" w:rsidRPr="005A5A04" w14:paraId="6A453DE1" w14:textId="77777777" w:rsidTr="002134DF">
         <w:trPr>
           <w:trHeight w:val="602"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10934" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
           </w:tcPr>
-          <w:p w:rsidR="00E93018" w:rsidRDefault="00E93018" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453DDF" w14:textId="77777777" w:rsidR="00E93018" w:rsidRDefault="00E93018" w:rsidP="00C67E52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Describe the goods or services proposed:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E93018" w:rsidRDefault="00A340A8" w:rsidP="00C67E52">
+          <w:p w14:paraId="6A453DE0" w14:textId="77777777" w:rsidR="00E93018" w:rsidRDefault="00000000" w:rsidP="00C67E52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Emphasis"/>
                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                   <w:color w:val="1F3864" w:themeColor="accent5" w:themeShade="80"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="2041086830"/>
                 <w:placeholder>
                   <w:docPart w:val="43C4D727E1894D0CAA9136A8396871E7"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr>
-[...3 lines deleted...]
-              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00E93018" w:rsidRPr="0008153B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:highlight w:val="yellow"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E93018" w:rsidRPr="005A5A04" w:rsidTr="00AC44F4">
+      <w:tr w:rsidR="00E93018" w:rsidRPr="005A5A04" w14:paraId="6A453DE5" w14:textId="77777777" w:rsidTr="00AC44F4">
         <w:trPr>
           <w:trHeight w:val="602"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9265" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
           </w:tcPr>
-          <w:p w:rsidR="00E93018" w:rsidRDefault="00E93018" w:rsidP="00E93018">
+          <w:p w14:paraId="6A453DE2" w14:textId="77777777" w:rsidR="00E93018" w:rsidRDefault="00E93018" w:rsidP="00E93018">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Are these goods and/or services available commercially?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E93018" w:rsidRDefault="00A340A8" w:rsidP="00E93018">
+          <w:p w14:paraId="6A453DE3" w14:textId="77777777" w:rsidR="00E93018" w:rsidRDefault="00000000" w:rsidP="00E93018">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Emphasis"/>
                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                   <w:color w:val="1F3864" w:themeColor="accent5" w:themeShade="80"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1684394164"/>
                 <w:placeholder>
                   <w:docPart w:val="2408C63177E742F7B21A9AF9E6998173"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr>
-[...3 lines deleted...]
-              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00E93018" w:rsidRPr="0008153B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:highlight w:val="yellow"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1669" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E93018" w:rsidRDefault="00A340A8" w:rsidP="00E93018">
+          <w:p w14:paraId="6A453DE4" w14:textId="77777777" w:rsidR="00E93018" w:rsidRDefault="00000000" w:rsidP="00E93018">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Emphasis"/>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   <w:b w:val="0"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-457102663"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr>
-[...3 lines deleted...]
-              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00E93018">
                   <w:rPr>
                     <w:rStyle w:val="Emphasis"/>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b w:val="0"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00E93018" w:rsidRPr="0008153B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E93018" w:rsidRPr="0008153B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
@@ -3464,385 +3298,368 @@
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Emphasis"/>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   <w:b w:val="0"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1351988889"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr>
-[...3 lines deleted...]
-              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00E93018" w:rsidRPr="0008153B">
                   <w:rPr>
                     <w:rStyle w:val="Emphasis"/>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b w:val="0"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00E93018" w:rsidRPr="0008153B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E93018" w:rsidRPr="0008153B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
             <w:r w:rsidR="00E93018" w:rsidRPr="0008153B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E93018" w:rsidRPr="005A5A04" w:rsidTr="002134DF">
+      <w:tr w:rsidR="00E93018" w:rsidRPr="005A5A04" w14:paraId="6A453DE8" w14:textId="77777777" w:rsidTr="002134DF">
         <w:trPr>
           <w:trHeight w:val="602"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10934" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
           </w:tcPr>
-          <w:p w:rsidR="00E93018" w:rsidRDefault="00E93018" w:rsidP="00E93018">
+          <w:p w14:paraId="6A453DE6" w14:textId="77777777" w:rsidR="00E93018" w:rsidRDefault="00E93018" w:rsidP="00E93018">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve">If you answered </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> to the above questions, please explain:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E93018" w:rsidRPr="00E93018" w:rsidRDefault="00A340A8" w:rsidP="00E93018">
+          <w:p w14:paraId="6A453DE7" w14:textId="77777777" w:rsidR="00E93018" w:rsidRPr="00E93018" w:rsidRDefault="00000000" w:rsidP="00E93018">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Emphasis"/>
                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                   <w:color w:val="1F3864" w:themeColor="accent5" w:themeShade="80"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-590705469"/>
                 <w:placeholder>
                   <w:docPart w:val="0879C754A65141FFADF02BCC8D76DEAB"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr>
-[...3 lines deleted...]
-              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00E93018" w:rsidRPr="0008153B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:highlight w:val="yellow"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E93018" w:rsidRPr="005A5A04" w:rsidTr="00AC44F4">
+      <w:tr w:rsidR="00E93018" w:rsidRPr="005A5A04" w14:paraId="6A453DED" w14:textId="77777777" w:rsidTr="00AC44F4">
         <w:trPr>
           <w:trHeight w:val="905"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10934" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E93018" w:rsidRDefault="00E93018" w:rsidP="00E93018">
+          <w:p w14:paraId="6A453DE9" w14:textId="77777777" w:rsidR="00E93018" w:rsidRDefault="00E93018" w:rsidP="00E93018">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>I certify that the above information is true:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005A188C" w:rsidRDefault="005A188C" w:rsidP="00E93018">
+          <w:p w14:paraId="6A453DEA" w14:textId="77777777" w:rsidR="005A188C" w:rsidRDefault="005A188C" w:rsidP="00E93018">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00E93018" w:rsidRDefault="00E93018" w:rsidP="00E93018">
+          <w:p w14:paraId="6A453DEB" w14:textId="77777777" w:rsidR="00E93018" w:rsidRDefault="00E93018" w:rsidP="00E93018">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>____________________________________________________________________________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E93018" w:rsidRPr="008F2CD4" w:rsidRDefault="00E93018" w:rsidP="00E93018">
+          <w:p w14:paraId="6A453DEC" w14:textId="77777777" w:rsidR="00E93018" w:rsidRPr="008F2CD4" w:rsidRDefault="00E93018" w:rsidP="00E93018">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Signature of UC employee, former UC employee, or near relative of current UC employee</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E93018" w:rsidRPr="005A5A04" w:rsidTr="00F84849">
+      <w:tr w:rsidR="00E93018" w:rsidRPr="005A5A04" w14:paraId="6A453DEF" w14:textId="77777777" w:rsidTr="00F84849">
         <w:trPr>
           <w:trHeight w:val="479"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10934" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFD966" w:themeFill="accent4" w:themeFillTint="99"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E93018" w:rsidRPr="005A5A04" w:rsidRDefault="00825578" w:rsidP="00E93018">
+          <w:p w14:paraId="6A453DEE" w14:textId="77777777" w:rsidR="00E93018" w:rsidRPr="005A5A04" w:rsidRDefault="00825578" w:rsidP="00E93018">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>U</w:t>
             </w:r>
             <w:r w:rsidR="007007C3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CR Department Certification</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E93018" w:rsidRPr="0008153B" w:rsidTr="00AC44F4">
+      <w:tr w:rsidR="00E93018" w:rsidRPr="0008153B" w14:paraId="6A453DF2" w14:textId="77777777" w:rsidTr="00AC44F4">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9265" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E93018" w:rsidRPr="00AC44F4" w:rsidRDefault="00AC44F4" w:rsidP="00AC44F4">
+          <w:p w14:paraId="6A453DF0" w14:textId="77777777" w:rsidR="00E93018" w:rsidRPr="00AC44F4" w:rsidRDefault="00AC44F4" w:rsidP="00AC44F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Are these goods and/or services available from the University’s own facilities?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1669" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E93018" w:rsidRPr="0008153B" w:rsidRDefault="00A340A8" w:rsidP="00E93018">
+          <w:p w14:paraId="6A453DF1" w14:textId="77777777" w:rsidR="00E93018" w:rsidRPr="0008153B" w:rsidRDefault="00000000" w:rsidP="00E93018">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Emphasis"/>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   <w:b w:val="0"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1908132407"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr>
-[...3 lines deleted...]
-              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00E93018" w:rsidRPr="0008153B">
                   <w:rPr>
                     <w:rStyle w:val="Emphasis"/>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b w:val="0"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00E93018" w:rsidRPr="0008153B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E93018" w:rsidRPr="0008153B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
@@ -3863,929 +3680,929 @@
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Emphasis"/>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   <w:b w:val="0"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1115203619"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr>
-[...3 lines deleted...]
-              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00E93018" w:rsidRPr="0008153B">
                   <w:rPr>
                     <w:rStyle w:val="Emphasis"/>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b w:val="0"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00E93018" w:rsidRPr="0008153B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E93018" w:rsidRPr="0008153B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
             <w:r w:rsidR="00E93018" w:rsidRPr="0008153B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC44F4" w:rsidRPr="0008153B" w:rsidTr="007F57A3">
+      <w:tr w:rsidR="00AC44F4" w:rsidRPr="0008153B" w14:paraId="6A453DF5" w14:textId="77777777" w:rsidTr="007F57A3">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10934" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AC44F4" w:rsidRPr="00AC44F4" w:rsidRDefault="00AC44F4" w:rsidP="00AC44F4">
+          <w:p w14:paraId="6A453DF3" w14:textId="77777777" w:rsidR="00AC44F4" w:rsidRPr="00AC44F4" w:rsidRDefault="00AC44F4" w:rsidP="00AC44F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC44F4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:iCs/>
               </w:rPr>
               <w:t>How did your department learn of this provider, and why did you choose this provider?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AC44F4" w:rsidRDefault="00A340A8" w:rsidP="00AC44F4">
+          <w:p w14:paraId="6A453DF4" w14:textId="77777777" w:rsidR="00AC44F4" w:rsidRDefault="00000000" w:rsidP="00AC44F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Emphasis"/>
                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                   <w:color w:val="1F3864" w:themeColor="accent5" w:themeShade="80"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1343275758"/>
                 <w:placeholder>
                   <w:docPart w:val="08AF137F085945B8B3D243CE8367ECDC"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr>
-[...3 lines deleted...]
-              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00AC44F4" w:rsidRPr="0008153B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:highlight w:val="yellow"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC44F4" w:rsidRPr="0008153B" w:rsidTr="00AC44F4">
+      <w:tr w:rsidR="00AC44F4" w:rsidRPr="0008153B" w14:paraId="6A453DFC" w14:textId="77777777" w:rsidTr="00AC44F4">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4405" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AC44F4" w:rsidRDefault="00AC44F4" w:rsidP="00E93018">
+          <w:p w14:paraId="6A453DF6" w14:textId="77777777" w:rsidR="00AC44F4" w:rsidRDefault="00AC44F4" w:rsidP="00E93018">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
               </w:rPr>
               <w:t>Department Head Name</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AC44F4" w:rsidRPr="0008153B" w:rsidRDefault="00A340A8" w:rsidP="00E93018">
+          <w:p w14:paraId="6A453DF7" w14:textId="77777777" w:rsidR="00AC44F4" w:rsidRPr="0008153B" w:rsidRDefault="00000000" w:rsidP="00E93018">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Emphasis"/>
                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                   <w:color w:val="1F3864" w:themeColor="accent5" w:themeShade="80"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="375969209"/>
                 <w:placeholder>
                   <w:docPart w:val="0748AD478A314205A1371D965D818EE2"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr>
-[...3 lines deleted...]
-              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00AC44F4" w:rsidRPr="0008153B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:highlight w:val="yellow"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4179" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AC44F4" w:rsidRDefault="00AC44F4" w:rsidP="00E93018">
+          <w:p w14:paraId="6A453DF8" w14:textId="77777777" w:rsidR="00AC44F4" w:rsidRDefault="00AC44F4" w:rsidP="00E93018">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC44F4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AC44F4" w:rsidRPr="00AC44F4" w:rsidRDefault="00AC44F4" w:rsidP="00E93018">
+          <w:p w14:paraId="6A453DF9" w14:textId="77777777" w:rsidR="00AC44F4" w:rsidRPr="00AC44F4" w:rsidRDefault="00AC44F4" w:rsidP="00E93018">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2350" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AC44F4" w:rsidRDefault="00AC44F4" w:rsidP="00AC44F4">
+          <w:p w14:paraId="6A453DFA" w14:textId="77777777" w:rsidR="00AC44F4" w:rsidRDefault="00AC44F4" w:rsidP="00AC44F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC44F4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AC44F4" w:rsidRPr="00AC44F4" w:rsidRDefault="00A340A8" w:rsidP="00AC44F4">
+          <w:p w14:paraId="6A453DFB" w14:textId="77777777" w:rsidR="00AC44F4" w:rsidRPr="00AC44F4" w:rsidRDefault="00000000" w:rsidP="00AC44F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Emphasis"/>
                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                   <w:color w:val="1F3864" w:themeColor="accent5" w:themeShade="80"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="98369517"/>
                 <w:placeholder>
                   <w:docPart w:val="574A73EBD43146C7BE5201F225F5D7B7"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr>
-[...3 lines deleted...]
-              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00AC44F4" w:rsidRPr="0008153B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:highlight w:val="yellow"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007007C3" w:rsidRPr="0008153B" w:rsidTr="003A4570">
+      <w:tr w:rsidR="007007C3" w:rsidRPr="0008153B" w14:paraId="6A453DFE" w14:textId="77777777" w:rsidTr="003A4570">
         <w:trPr>
           <w:trHeight w:val="470"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10934" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFD966" w:themeFill="accent4" w:themeFillTint="99"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007007C3" w:rsidRPr="005A5A04" w:rsidRDefault="007007C3" w:rsidP="007007C3">
+          <w:p w14:paraId="6A453DFD" w14:textId="77777777" w:rsidR="007007C3" w:rsidRPr="005A5A04" w:rsidRDefault="007007C3" w:rsidP="007007C3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>UCR Procurement Services</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA4932" w:rsidRPr="0008153B" w:rsidTr="00DA4932">
+      <w:tr w:rsidR="00DA4932" w:rsidRPr="0008153B" w14:paraId="6A453E01" w14:textId="77777777" w:rsidTr="00DA4932">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8095" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA4932" w:rsidRPr="0008153B" w:rsidRDefault="00DA4932" w:rsidP="00E93018">
+          <w:p w14:paraId="6A453DFF" w14:textId="0CD31618" w:rsidR="00DA4932" w:rsidRPr="0008153B" w:rsidRDefault="00DA4932" w:rsidP="00E93018">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Director of Procurement</w:t>
+            </w:r>
+            <w:r w:rsidR="00777C51">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00777C51" w:rsidRPr="00777C51">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>or Chief Procurement Officer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2839" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA4932" w:rsidRPr="0008153B" w:rsidRDefault="00DA4932" w:rsidP="00E93018">
+          <w:p w14:paraId="6A453E00" w14:textId="77777777" w:rsidR="00DA4932" w:rsidRPr="0008153B" w:rsidRDefault="00DA4932" w:rsidP="00E93018">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="MS Gothic" w:hAnsi="Arial Narrow"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA4932" w:rsidRPr="0008153B" w:rsidTr="005A188C">
+      <w:tr w:rsidR="00DA4932" w:rsidRPr="0008153B" w14:paraId="6A453E04" w14:textId="77777777" w:rsidTr="005A188C">
         <w:trPr>
           <w:trHeight w:val="407"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8095" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA4932" w:rsidRPr="0008153B" w:rsidRDefault="00DA4932" w:rsidP="00E93018">
+          <w:p w14:paraId="6A453E02" w14:textId="77777777" w:rsidR="00DA4932" w:rsidRPr="0008153B" w:rsidRDefault="00DA4932" w:rsidP="00E93018">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2839" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA4932" w:rsidRPr="0008153B" w:rsidRDefault="00DA4932" w:rsidP="00E93018">
+          <w:p w14:paraId="6A453E03" w14:textId="77777777" w:rsidR="00DA4932" w:rsidRPr="0008153B" w:rsidRDefault="00DA4932" w:rsidP="00E93018">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="MS Gothic" w:hAnsi="Arial Narrow"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D12889" w:rsidRPr="0008153B" w:rsidTr="003A4570">
+      <w:tr w:rsidR="00D12889" w:rsidRPr="0008153B" w14:paraId="6A453E07" w14:textId="77777777" w:rsidTr="003A4570">
         <w:trPr>
           <w:trHeight w:val="398"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5164" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D12889" w:rsidRPr="0008153B" w:rsidRDefault="00A340A8" w:rsidP="00E93018">
+          <w:p w14:paraId="6A453E05" w14:textId="77777777" w:rsidR="00D12889" w:rsidRPr="0008153B" w:rsidRDefault="00000000" w:rsidP="00E93018">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="MS Gothic" w:hAnsi="Arial Narrow"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Emphasis"/>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   <w:b w:val="0"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1263333694"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr>
-[...3 lines deleted...]
-              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00D12889">
                   <w:rPr>
                     <w:rStyle w:val="Emphasis"/>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b w:val="0"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D12889" w:rsidRPr="0008153B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D12889">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Approved</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5770" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D12889" w:rsidRPr="0008153B" w:rsidRDefault="00A340A8" w:rsidP="00E93018">
+          <w:p w14:paraId="6A453E06" w14:textId="77777777" w:rsidR="00D12889" w:rsidRPr="0008153B" w:rsidRDefault="00000000" w:rsidP="00E93018">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="MS Gothic" w:hAnsi="Arial Narrow"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Emphasis"/>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   <w:b w:val="0"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1178618816"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr>
-[...3 lines deleted...]
-              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00D12889">
                   <w:rPr>
                     <w:rStyle w:val="Emphasis"/>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b w:val="0"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D12889" w:rsidRPr="0008153B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D12889">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Denied</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00220A97" w:rsidRDefault="00220A97" w:rsidP="005A188C">
+    <w:p w14:paraId="6A453E08" w14:textId="77777777" w:rsidR="00220A97" w:rsidRDefault="00220A97" w:rsidP="005A188C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00220A97" w:rsidSect="000B54AA">
-      <w:headerReference w:type="default" r:id="rId8"/>
-      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="432" w:right="720" w:bottom="432" w:left="576" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00A340A8" w:rsidRDefault="00A340A8" w:rsidP="004A49A4">
+    <w:p w14:paraId="2B9A3ADB" w14:textId="77777777" w:rsidR="00EF4186" w:rsidRDefault="00EF4186" w:rsidP="004A49A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00A340A8" w:rsidRDefault="00A340A8" w:rsidP="004A49A4">
+    <w:p w14:paraId="1FC851B2" w14:textId="77777777" w:rsidR="00EF4186" w:rsidRDefault="00EF4186" w:rsidP="004A49A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="5143" w:type="pct"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="115" w:type="dxa"/>
         <w:right w:w="115" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4141"/>
       <w:gridCol w:w="3469"/>
       <w:gridCol w:w="3647"/>
     </w:tblGrid>
-    <w:tr w:rsidR="004A49A4" w:rsidRPr="00EC7ADC" w:rsidTr="00776F46">
+    <w:tr w:rsidR="004A49A4" w:rsidRPr="00EC7ADC" w14:paraId="6A453E15" w14:textId="77777777" w:rsidTr="00776F46">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1839" w:type="pct"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w:rsidR="00451AB5" w:rsidRPr="00451AB5" w:rsidRDefault="00D12889" w:rsidP="00F3107F">
+        <w:p w14:paraId="6A453E10" w14:textId="77777777" w:rsidR="00451AB5" w:rsidRPr="00451AB5" w:rsidRDefault="00D12889" w:rsidP="00F3107F">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4680"/>
               <w:tab w:val="clear" w:pos="9360"/>
             </w:tabs>
             <w:jc w:val="both"/>
             <w:rPr>
               <w:b/>
               <w:color w:val="002060"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:color w:val="002060"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>Report of Possible Conflict of Interest</w:t>
           </w:r>
           <w:r w:rsidR="00451AB5" w:rsidRPr="00451AB5">
             <w:rPr>
               <w:b/>
               <w:color w:val="002060"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve"> Form</w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidR="00F3107F" w:rsidRDefault="00451AB5" w:rsidP="00F3107F">
+        <w:p w14:paraId="6A453E11" w14:textId="77777777" w:rsidR="00F3107F" w:rsidRDefault="00451AB5" w:rsidP="00F3107F">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4680"/>
               <w:tab w:val="clear" w:pos="9360"/>
             </w:tabs>
             <w:jc w:val="both"/>
             <w:rPr>
               <w:color w:val="002060"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:color w:val="002060"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve">Formerly known as the </w:t>
           </w:r>
           <w:r w:rsidR="00D12889">
             <w:rPr>
               <w:color w:val="002060"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
-            <w:t>Report and Certification of Proposed Transaction Involving A Potential Conflict of Interest Form</w:t>
+            <w:t xml:space="preserve">Report and Certification of Proposed Transaction Involving </w:t>
+          </w:r>
+          <w:proofErr w:type="gramStart"/>
+          <w:r w:rsidR="00D12889">
+            <w:rPr>
+              <w:color w:val="002060"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>A</w:t>
+          </w:r>
+          <w:proofErr w:type="gramEnd"/>
+          <w:r w:rsidR="00D12889">
+            <w:rPr>
+              <w:color w:val="002060"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> Potential Conflict of Interest Form</w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidR="004A49A4" w:rsidRPr="00EC7ADC" w:rsidRDefault="00A263A6" w:rsidP="00900D33">
+        <w:p w14:paraId="6A453E12" w14:textId="2B87555A" w:rsidR="004A49A4" w:rsidRPr="00EC7ADC" w:rsidRDefault="00A263A6" w:rsidP="00900D33">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4680"/>
               <w:tab w:val="clear" w:pos="9360"/>
             </w:tabs>
             <w:jc w:val="both"/>
             <w:rPr>
               <w:caps/>
               <w:color w:val="FFFFFF" w:themeColor="background1"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:color w:val="002060"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve">Revised </w:t>
           </w:r>
-          <w:r w:rsidR="00900D33">
+          <w:r w:rsidR="00A16854">
             <w:rPr>
               <w:color w:val="002060"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
-            <w:t>May 2019</w:t>
+            <w:t>July 2024</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1541" w:type="pct"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w:rsidR="004A49A4" w:rsidRPr="00DF7300" w:rsidRDefault="004A49A4" w:rsidP="004A49A4">
+        <w:p w14:paraId="6A453E13" w14:textId="77777777" w:rsidR="004A49A4" w:rsidRPr="00DF7300" w:rsidRDefault="004A49A4" w:rsidP="004A49A4">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4680"/>
               <w:tab w:val="clear" w:pos="9360"/>
             </w:tabs>
             <w:spacing w:before="80" w:after="80"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:i/>
               <w:caps/>
               <w:color w:val="002060"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1620" w:type="pct"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w:rsidR="004A49A4" w:rsidRPr="001A37AE" w:rsidRDefault="004A49A4" w:rsidP="00B264C8">
+        <w:p w14:paraId="6A453E14" w14:textId="77777777" w:rsidR="004A49A4" w:rsidRPr="001A37AE" w:rsidRDefault="004A49A4" w:rsidP="00B264C8">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4680"/>
               <w:tab w:val="clear" w:pos="9360"/>
             </w:tabs>
             <w:spacing w:before="80" w:after="80"/>
             <w:ind w:right="252"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:caps/>
               <w:color w:val="002060"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="001A37AE">
             <w:rPr>
               <w:color w:val="002060"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve">Page </w:t>
           </w:r>
           <w:r w:rsidRPr="001A37AE">
@@ -4796,51 +4613,51 @@
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="001A37AE">
             <w:rPr>
               <w:bCs/>
               <w:caps/>
               <w:color w:val="002060"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
           </w:r>
           <w:r w:rsidRPr="001A37AE">
             <w:rPr>
               <w:bCs/>
               <w:caps/>
               <w:color w:val="002060"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="003E5B43" w:rsidRPr="003E5B43">
+          <w:r w:rsidR="009B036B" w:rsidRPr="009B036B">
             <w:rPr>
               <w:bCs/>
               <w:noProof/>
               <w:color w:val="002060"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>1</w:t>
           </w:r>
           <w:r w:rsidRPr="001A37AE">
             <w:rPr>
               <w:bCs/>
               <w:caps/>
               <w:color w:val="002060"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
           <w:r w:rsidRPr="001A37AE">
             <w:rPr>
               <w:color w:val="002060"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
@@ -4854,305 +4671,303 @@
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="001A37AE">
             <w:rPr>
               <w:bCs/>
               <w:caps/>
               <w:color w:val="002060"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
           </w:r>
           <w:r w:rsidRPr="001A37AE">
             <w:rPr>
               <w:bCs/>
               <w:caps/>
               <w:color w:val="002060"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="003E5B43" w:rsidRPr="003E5B43">
+          <w:r w:rsidR="009B036B" w:rsidRPr="009B036B">
             <w:rPr>
               <w:bCs/>
               <w:noProof/>
               <w:color w:val="002060"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
           <w:r w:rsidRPr="001A37AE">
             <w:rPr>
               <w:bCs/>
               <w:caps/>
               <w:color w:val="002060"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="004A49A4" w:rsidRDefault="004A49A4">
+  <w:p w14:paraId="6A453E16" w14:textId="77777777" w:rsidR="004A49A4" w:rsidRDefault="004A49A4">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00A340A8" w:rsidRDefault="00A340A8" w:rsidP="004A49A4">
+    <w:p w14:paraId="6AB959B4" w14:textId="77777777" w:rsidR="00EF4186" w:rsidRDefault="00EF4186" w:rsidP="004A49A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00A340A8" w:rsidRDefault="00A340A8" w:rsidP="004A49A4">
+    <w:p w14:paraId="71340AE1" w14:textId="77777777" w:rsidR="00EF4186" w:rsidRDefault="00EF4186" w:rsidP="004A49A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00386913" w:rsidRDefault="007A1528" w:rsidP="00386913">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6A453E0D" w14:textId="77777777" w:rsidR="00386913" w:rsidRDefault="007A1528" w:rsidP="00386913">
     <w:pPr>
       <w:pStyle w:val="Title"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="6570"/>
         <w:tab w:val="right" w:pos="10800"/>
       </w:tabs>
       <w:spacing w:after="240"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6D1253CD" wp14:editId="7325DE40">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6A453E17" wp14:editId="6A453E18">
           <wp:extent cx="1341120" cy="290100"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="2" name="Picture 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1422187" cy="307636"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00DF04AC">
       <w:t xml:space="preserve">         </w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00DF04AC" w:rsidRDefault="00386913" w:rsidP="00386913">
+  <w:p w14:paraId="6A453E0E" w14:textId="77777777" w:rsidR="00DF04AC" w:rsidRDefault="00386913" w:rsidP="00386913">
     <w:pPr>
       <w:pStyle w:val="Title"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="6570"/>
         <w:tab w:val="right" w:pos="10800"/>
       </w:tabs>
       <w:spacing w:after="240"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0ECC23FB" wp14:editId="488D08DC">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6A453E19" wp14:editId="6A453E1A">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-7620</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>38100</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="914400" cy="236220"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="Text Box 1"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="914400" cy="236220"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                       <a:effectLst/>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="dk1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="00386913" w:rsidRPr="00386913" w:rsidRDefault="00386913">
+                        <w:p w14:paraId="6A453E1B" w14:textId="77777777" w:rsidR="00386913" w:rsidRPr="00386913" w:rsidRDefault="00386913">
                           <w:pPr>
                             <w:rPr>
                               <w:b/>
                               <w:i/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:b/>
                               <w:i/>
                             </w:rPr>
                             <w:t>Procurement Services</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+        <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="0ECC23FB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="6A453E19" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-.6pt;margin-top:3pt;width:1in;height:18.6pt;z-index:251659264;visibility:visible;mso-wrap-style:none;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDIc+3keAIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVMlu2zAQvRfoPxC8N7Kdpa1hOXATpCgQ&#10;JEGTImeaImOhFIcgGUvu1/eRkhe4vaTohRrNvBnO8oazy64xbK18qMmWfHwy4kxZSVVtX0r+4+nm&#10;wyfOQhS2EoasKvlGBX45f/9u1rqpmtCKTKU8QxAbpq0r+SpGNy2KIFeqEeGEnLIwavKNiPj1L0Xl&#10;RYvojSkmo9FF0ZKvnCepQoD2ujfyeY6vtZLxXuugIjMlR24xnz6fy3QW85mYvnjhVrUc0hD/kEUj&#10;aotLd6GuRRTs1dd/hGpq6SmQjieSmoK0rqXKNaCa8eiomseVcCrXguYEt2tT+H9h5d36wbO6wuw4&#10;s6LBiJ5UF9kX6tg4dad1YQrQowMsdlAn5KAPUKaiO+2b9EU5DHb0ebPrbQomofw8PjsbwSJhmpxe&#10;TCa598Xe2fkQvypqWBJK7jG63FGxvg0RFwK6haS7LN3UxuTxGcvakl+cno+yw84CD2MTVmUiDGFS&#10;QX3iWYoboxLG2O9KoxE5/6TIFFRXxrO1AHmElMrGXHqOC3RCaSTxFscBv8/qLc59Hdubycadc1Nb&#10;8rn6o7Srn9uUdY9HIw/qTmLslt0w0CVVG8zZU78nwcmbGtO4FSE+CI/FwACx7PEehzaErtMgcbYi&#10;/+tv+oQHX2HlrMWildziJeDMfLPgcaYF9jL/nJ1/BC2YP7QsDy32tbkiDANcRW5ZTPhotqL21Dzj&#10;RVikO2ESVuLmkseteBX75ceLItVikUHYRCfirX10MoVOs0lMe+qehXcDHSN4fEfbhRTTI1b22ORp&#10;afEaSdeZsqm9fU+HtmOLM5OHFyc9E4f/GbV/F+e/AQAA//8DAFBLAwQUAAYACAAAACEAwPIwTt8A&#10;AAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyPT0vDQBTE74LfYXmCF2k3jSVIzKaooIj4B9tSetxm&#10;n0lo9m3Y3bTpt/f1pMdhhpnfFIvRduKAPrSOFMymCQikypmWagXr1fPkDkSImozuHKGCEwZYlJcX&#10;hc6NO9I3HpaxFlxCIdcKmhj7XMpQNWh1mLoeib0f562OLH0tjddHLredTJMkk1a3xAuN7vGpwWq/&#10;HKyCffN285W8fDxusteT/1wNbuvft0pdX40P9yAijvEvDGd8RoeSmXZuIBNEp2AySzmpIONHZ3ue&#10;8pOdgvltCrIs5H/+8hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDIc+3keAIAAF8FAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDA8jBO3wAAAAcB&#10;AAAPAAAAAAAAAAAAAAAAANIEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA3gUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Text Box 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-.6pt;margin-top:3pt;width:1in;height:18.6pt;z-index:251659264;visibility:visible;mso-wrap-style:none;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAlisQvYwIAADoFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEuP2jAQvlfqf7B8LwGWpS0irCgrqkqr&#10;3VXZas/GsSGq47HsgYT++o6d8BDtZatenInnm/c3nt41lWF75UMJNueDXp8zZSUUpd3k/MfL8sMn&#10;zgIKWwgDVuX8oAK/m71/N63dRA1hC6ZQnpETGya1y/kW0U2yLMitqkTogVOWlBp8JZB+/SYrvKjJ&#10;e2WyYb8/zmrwhfMgVQh0e98q+Sz511pJfNI6KGQm55QbptOncx3PbDYVk40XblvKLg3xD1lUorQU&#10;9OTqXqBgO1/+4aoqpYcAGnsSqgy0LqVKNVA1g/5VNautcCrVQs0J7tSm8P/cysf9yj17hs0XaGiA&#10;sSG1C5NAl7GeRvsqfilTRnpq4eHUNtUgk3T5eTAa9UkjSTW8GQ+Hqa3Z2dj5gF8VVCwKOfc0ldQs&#10;sX8ISAEJeoTEWBaWpTFpMsayOufjm9t+MjhpyMLYiFVpxp2bc+JJwoNREWPsd6VZWaT840Vil1oY&#10;z/aCeCGkVBZT6ckvoSNKUxJvMezw56zeYtzWcYwMFk/GVWnBp+qv0i5+HlPWLZ4aeVF3FLFZN91A&#10;11AcaM4e2hUITi5LmsaDCPgsPHGeBkh7jE90aAPUdegkzrbgf/3tPuKJiqTlrKYdyrmlJefMfLNE&#10;0UQLWrn0M7r9SLRg/lKzvtTYXbUAGsaA3gsnkxjxaI6i9lC90rLPY0xSCSspcs7xKC6w3Wt6LKSa&#10;zxOIlswJfLArJ6PrOJvItJfmVXjX0RGJx49w3DUxuWJli42WFuY7BF0mysb2tj3t2k4LmpjcPSbx&#10;Bbj8T6jzkzf7DQAA//8DAFBLAwQUAAYACAAAACEAwPIwTt8AAAAHAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPT0vDQBTE74LfYXmCF2k3jSVIzKaooIj4B9tSetxmn0lo9m3Y3bTpt/f1pMdhhpnfFIvR&#10;duKAPrSOFMymCQikypmWagXr1fPkDkSImozuHKGCEwZYlJcXhc6NO9I3HpaxFlxCIdcKmhj7XMpQ&#10;NWh1mLoeib0f562OLH0tjddHLredTJMkk1a3xAuN7vGpwWq/HKyCffN285W8fDxusteT/1wNbuvf&#10;t0pdX40P9yAijvEvDGd8RoeSmXZuIBNEp2AySzmpIONHZ3ue8pOdgvltCrIs5H/+8hcAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQAlisQvYwIAADoFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDA8jBO3wAAAAcBAAAPAAAAAAAAAAAAAAAAAL0EAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAyQUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w:rsidR="00386913" w:rsidRPr="00386913" w:rsidRDefault="00386913">
+                  <w:p w14:paraId="6A453E1B" w14:textId="77777777" w:rsidR="00386913" w:rsidRPr="00386913" w:rsidRDefault="00386913">
                     <w:pPr>
                       <w:rPr>
                         <w:b/>
                         <w:i/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:b/>
                         <w:i/>
                       </w:rPr>
                       <w:t>Procurement Services</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:t>Potential Conflict of Interest Form</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00437225" w:rsidRDefault="00437225">
+  <w:p w14:paraId="6A453E0F" w14:textId="77777777" w:rsidR="00437225" w:rsidRDefault="00437225">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
-    <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-    <w:bookmarkEnd w:id="0"/>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0AB854DA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9B9E7C28"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -6645,469 +6460,498 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1606615052">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1950506514">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="2080133579">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1701125529">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="844710739">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1390690175">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="783962778">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="68769973">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1976909100">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1013454041">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="320238326">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="154881330">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1964921885">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="1649624617">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="73284255">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="125"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="110"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BA5A52"/>
+    <w:rsid w:val="000016F3"/>
     <w:rsid w:val="000019F0"/>
     <w:rsid w:val="00004631"/>
     <w:rsid w:val="00013177"/>
     <w:rsid w:val="000210FF"/>
     <w:rsid w:val="000226A4"/>
     <w:rsid w:val="00027B9E"/>
     <w:rsid w:val="000328E6"/>
     <w:rsid w:val="00036591"/>
     <w:rsid w:val="00064083"/>
     <w:rsid w:val="00067D5A"/>
     <w:rsid w:val="00070A46"/>
     <w:rsid w:val="0008153B"/>
     <w:rsid w:val="00084489"/>
     <w:rsid w:val="00084C80"/>
     <w:rsid w:val="00085350"/>
     <w:rsid w:val="00092147"/>
     <w:rsid w:val="00093015"/>
     <w:rsid w:val="000A5449"/>
     <w:rsid w:val="000B54AA"/>
     <w:rsid w:val="000C04D7"/>
     <w:rsid w:val="000E06C3"/>
     <w:rsid w:val="000F5EED"/>
     <w:rsid w:val="00102709"/>
     <w:rsid w:val="00104EB9"/>
     <w:rsid w:val="001066F3"/>
     <w:rsid w:val="00107646"/>
     <w:rsid w:val="0012266C"/>
     <w:rsid w:val="001304E7"/>
     <w:rsid w:val="0013390A"/>
     <w:rsid w:val="00142681"/>
     <w:rsid w:val="00144D39"/>
     <w:rsid w:val="00145E35"/>
+    <w:rsid w:val="001604A3"/>
     <w:rsid w:val="001724FC"/>
     <w:rsid w:val="00176855"/>
     <w:rsid w:val="00182F89"/>
     <w:rsid w:val="00197FC1"/>
     <w:rsid w:val="001A37AE"/>
+    <w:rsid w:val="001B64A2"/>
     <w:rsid w:val="001C6ECA"/>
     <w:rsid w:val="001E1663"/>
     <w:rsid w:val="001E30FF"/>
     <w:rsid w:val="001F75D9"/>
     <w:rsid w:val="00200250"/>
     <w:rsid w:val="00220A97"/>
     <w:rsid w:val="00222A3C"/>
+    <w:rsid w:val="002259C1"/>
     <w:rsid w:val="0025518E"/>
     <w:rsid w:val="00257D77"/>
     <w:rsid w:val="00262F3B"/>
     <w:rsid w:val="00263621"/>
     <w:rsid w:val="0028372B"/>
     <w:rsid w:val="002933C7"/>
+    <w:rsid w:val="002A486F"/>
     <w:rsid w:val="002A4EE5"/>
     <w:rsid w:val="002B33CC"/>
     <w:rsid w:val="002D6547"/>
     <w:rsid w:val="002E6EAC"/>
     <w:rsid w:val="002F1276"/>
     <w:rsid w:val="002F6FB9"/>
     <w:rsid w:val="00300823"/>
     <w:rsid w:val="00313DF3"/>
     <w:rsid w:val="003362AA"/>
     <w:rsid w:val="00337AE2"/>
     <w:rsid w:val="00352FE7"/>
     <w:rsid w:val="00354ECF"/>
     <w:rsid w:val="00361723"/>
     <w:rsid w:val="003836E3"/>
     <w:rsid w:val="00383E45"/>
     <w:rsid w:val="00386913"/>
+    <w:rsid w:val="00391B62"/>
     <w:rsid w:val="003A4570"/>
     <w:rsid w:val="003E08CA"/>
     <w:rsid w:val="003E5669"/>
     <w:rsid w:val="003E5B43"/>
     <w:rsid w:val="003E6E91"/>
     <w:rsid w:val="003F5344"/>
     <w:rsid w:val="003F7101"/>
     <w:rsid w:val="00415F12"/>
     <w:rsid w:val="004210F2"/>
     <w:rsid w:val="0042306C"/>
     <w:rsid w:val="004260ED"/>
     <w:rsid w:val="00437225"/>
     <w:rsid w:val="00442506"/>
     <w:rsid w:val="00443ABA"/>
     <w:rsid w:val="00445BB7"/>
     <w:rsid w:val="00451685"/>
     <w:rsid w:val="00451AB5"/>
     <w:rsid w:val="00462E23"/>
     <w:rsid w:val="0046478B"/>
     <w:rsid w:val="004656F8"/>
+    <w:rsid w:val="00465ED7"/>
+    <w:rsid w:val="0046757F"/>
     <w:rsid w:val="004A0F33"/>
     <w:rsid w:val="004A49A4"/>
     <w:rsid w:val="004B06AD"/>
     <w:rsid w:val="004B20F0"/>
     <w:rsid w:val="004C0241"/>
     <w:rsid w:val="004C1132"/>
     <w:rsid w:val="004C4EA1"/>
     <w:rsid w:val="004F044C"/>
     <w:rsid w:val="0050013D"/>
     <w:rsid w:val="00512314"/>
     <w:rsid w:val="005440AF"/>
+    <w:rsid w:val="00553C5B"/>
     <w:rsid w:val="0056310C"/>
     <w:rsid w:val="005646E7"/>
     <w:rsid w:val="00577C22"/>
     <w:rsid w:val="005847A6"/>
     <w:rsid w:val="00584A41"/>
     <w:rsid w:val="005A188C"/>
     <w:rsid w:val="005A1E7C"/>
     <w:rsid w:val="005A363B"/>
     <w:rsid w:val="005A4835"/>
     <w:rsid w:val="005A5373"/>
     <w:rsid w:val="005A5A04"/>
     <w:rsid w:val="005B333F"/>
+    <w:rsid w:val="005B6EF1"/>
     <w:rsid w:val="005D096C"/>
     <w:rsid w:val="005E55C5"/>
     <w:rsid w:val="005F0A0D"/>
     <w:rsid w:val="00610E82"/>
     <w:rsid w:val="00616097"/>
     <w:rsid w:val="00620F90"/>
+    <w:rsid w:val="00622B6D"/>
     <w:rsid w:val="006245C8"/>
     <w:rsid w:val="00624CB3"/>
     <w:rsid w:val="00655715"/>
+    <w:rsid w:val="0066024B"/>
     <w:rsid w:val="00666771"/>
     <w:rsid w:val="00684DE4"/>
     <w:rsid w:val="00690EB3"/>
     <w:rsid w:val="00691D75"/>
     <w:rsid w:val="006945EC"/>
     <w:rsid w:val="006B5340"/>
     <w:rsid w:val="006E6770"/>
     <w:rsid w:val="006F1AA2"/>
     <w:rsid w:val="007004CF"/>
     <w:rsid w:val="007007C3"/>
     <w:rsid w:val="0070593A"/>
     <w:rsid w:val="007177A6"/>
     <w:rsid w:val="00723E72"/>
     <w:rsid w:val="00726061"/>
     <w:rsid w:val="007327D8"/>
     <w:rsid w:val="00743F89"/>
     <w:rsid w:val="00746ABF"/>
     <w:rsid w:val="00770054"/>
     <w:rsid w:val="00776F46"/>
+    <w:rsid w:val="00777C51"/>
     <w:rsid w:val="00785218"/>
     <w:rsid w:val="007A1528"/>
     <w:rsid w:val="007B4855"/>
     <w:rsid w:val="007B7CA7"/>
     <w:rsid w:val="007E0005"/>
     <w:rsid w:val="007F7C64"/>
     <w:rsid w:val="00811085"/>
     <w:rsid w:val="00825578"/>
     <w:rsid w:val="00825F29"/>
     <w:rsid w:val="008349C5"/>
     <w:rsid w:val="00834D7F"/>
     <w:rsid w:val="00841D5D"/>
     <w:rsid w:val="00856947"/>
     <w:rsid w:val="0088543E"/>
     <w:rsid w:val="008A13DC"/>
     <w:rsid w:val="008A7557"/>
     <w:rsid w:val="008B74EA"/>
     <w:rsid w:val="008D459F"/>
     <w:rsid w:val="008F2CD4"/>
     <w:rsid w:val="008F4621"/>
     <w:rsid w:val="008F516F"/>
+    <w:rsid w:val="008F5914"/>
     <w:rsid w:val="00900D33"/>
     <w:rsid w:val="00901951"/>
     <w:rsid w:val="009125AA"/>
     <w:rsid w:val="00913252"/>
     <w:rsid w:val="009235DE"/>
     <w:rsid w:val="009415C1"/>
     <w:rsid w:val="009556D1"/>
     <w:rsid w:val="00983AA5"/>
     <w:rsid w:val="009840EB"/>
     <w:rsid w:val="00994DF6"/>
     <w:rsid w:val="0099523B"/>
     <w:rsid w:val="009A0EFF"/>
     <w:rsid w:val="009A1631"/>
+    <w:rsid w:val="009B036B"/>
     <w:rsid w:val="009B1FED"/>
+    <w:rsid w:val="009C5DCA"/>
+    <w:rsid w:val="009D08F8"/>
     <w:rsid w:val="009D5190"/>
     <w:rsid w:val="009E0CA6"/>
     <w:rsid w:val="009F743F"/>
     <w:rsid w:val="00A12A96"/>
+    <w:rsid w:val="00A16854"/>
     <w:rsid w:val="00A263A6"/>
     <w:rsid w:val="00A313F0"/>
     <w:rsid w:val="00A340A8"/>
     <w:rsid w:val="00A425B8"/>
     <w:rsid w:val="00A442DE"/>
     <w:rsid w:val="00A608A4"/>
     <w:rsid w:val="00A609E5"/>
     <w:rsid w:val="00A60EAD"/>
     <w:rsid w:val="00A6141B"/>
     <w:rsid w:val="00A66147"/>
     <w:rsid w:val="00A6676D"/>
     <w:rsid w:val="00A77656"/>
     <w:rsid w:val="00A82C15"/>
     <w:rsid w:val="00A94239"/>
+    <w:rsid w:val="00AA1FDE"/>
     <w:rsid w:val="00AC44F4"/>
     <w:rsid w:val="00AD02F9"/>
     <w:rsid w:val="00AD0A10"/>
     <w:rsid w:val="00AE1E14"/>
     <w:rsid w:val="00AE2BDB"/>
     <w:rsid w:val="00AE572D"/>
     <w:rsid w:val="00AF6B26"/>
     <w:rsid w:val="00B0760B"/>
     <w:rsid w:val="00B07DC1"/>
     <w:rsid w:val="00B10BC9"/>
     <w:rsid w:val="00B17538"/>
     <w:rsid w:val="00B20DA0"/>
     <w:rsid w:val="00B264C8"/>
     <w:rsid w:val="00B33B02"/>
     <w:rsid w:val="00B55763"/>
     <w:rsid w:val="00B63688"/>
     <w:rsid w:val="00B636B5"/>
     <w:rsid w:val="00B648CD"/>
     <w:rsid w:val="00B852BF"/>
     <w:rsid w:val="00B97345"/>
     <w:rsid w:val="00BA5A52"/>
     <w:rsid w:val="00BB3114"/>
     <w:rsid w:val="00BB6AF8"/>
     <w:rsid w:val="00BD3CC1"/>
     <w:rsid w:val="00BD665B"/>
     <w:rsid w:val="00BE01C5"/>
     <w:rsid w:val="00BE57F6"/>
     <w:rsid w:val="00BF3127"/>
     <w:rsid w:val="00C0771A"/>
+    <w:rsid w:val="00C07BA7"/>
     <w:rsid w:val="00C2712A"/>
     <w:rsid w:val="00C405CF"/>
     <w:rsid w:val="00C665C9"/>
     <w:rsid w:val="00C67E52"/>
     <w:rsid w:val="00C71525"/>
     <w:rsid w:val="00C72BBB"/>
     <w:rsid w:val="00C76875"/>
     <w:rsid w:val="00C82470"/>
     <w:rsid w:val="00C82A08"/>
     <w:rsid w:val="00C8416E"/>
+    <w:rsid w:val="00C97447"/>
     <w:rsid w:val="00CB5DCE"/>
     <w:rsid w:val="00CD7963"/>
     <w:rsid w:val="00D0349A"/>
     <w:rsid w:val="00D03F26"/>
     <w:rsid w:val="00D1002B"/>
     <w:rsid w:val="00D12889"/>
+    <w:rsid w:val="00D12ED2"/>
     <w:rsid w:val="00D22925"/>
     <w:rsid w:val="00D25023"/>
     <w:rsid w:val="00D34715"/>
     <w:rsid w:val="00D5722E"/>
     <w:rsid w:val="00D57633"/>
     <w:rsid w:val="00D61437"/>
     <w:rsid w:val="00D6737B"/>
     <w:rsid w:val="00D67887"/>
     <w:rsid w:val="00D91E8F"/>
     <w:rsid w:val="00D92405"/>
     <w:rsid w:val="00D95B34"/>
     <w:rsid w:val="00DA28A2"/>
     <w:rsid w:val="00DA4932"/>
     <w:rsid w:val="00DA5175"/>
     <w:rsid w:val="00DD18FE"/>
     <w:rsid w:val="00DD6E3D"/>
     <w:rsid w:val="00DF04AC"/>
     <w:rsid w:val="00DF7300"/>
     <w:rsid w:val="00E0658B"/>
     <w:rsid w:val="00E071E5"/>
     <w:rsid w:val="00E12824"/>
     <w:rsid w:val="00E178E6"/>
     <w:rsid w:val="00E242F0"/>
     <w:rsid w:val="00E34C0C"/>
     <w:rsid w:val="00E364C3"/>
     <w:rsid w:val="00E73857"/>
     <w:rsid w:val="00E772B7"/>
     <w:rsid w:val="00E8358D"/>
     <w:rsid w:val="00E83E49"/>
     <w:rsid w:val="00E84AAF"/>
     <w:rsid w:val="00E93018"/>
     <w:rsid w:val="00EA33EF"/>
     <w:rsid w:val="00EA3FEE"/>
     <w:rsid w:val="00EA42B0"/>
     <w:rsid w:val="00EA6856"/>
     <w:rsid w:val="00EB60C3"/>
     <w:rsid w:val="00EC7ADC"/>
     <w:rsid w:val="00ED120E"/>
     <w:rsid w:val="00EE6415"/>
     <w:rsid w:val="00EE7559"/>
+    <w:rsid w:val="00EF4186"/>
     <w:rsid w:val="00F00D77"/>
     <w:rsid w:val="00F0196E"/>
     <w:rsid w:val="00F06666"/>
     <w:rsid w:val="00F11760"/>
     <w:rsid w:val="00F17615"/>
     <w:rsid w:val="00F20DC9"/>
     <w:rsid w:val="00F25342"/>
     <w:rsid w:val="00F3107F"/>
     <w:rsid w:val="00F35D92"/>
     <w:rsid w:val="00F41016"/>
     <w:rsid w:val="00F43B71"/>
     <w:rsid w:val="00F47EDE"/>
     <w:rsid w:val="00F5294D"/>
+    <w:rsid w:val="00F60651"/>
     <w:rsid w:val="00F60DCF"/>
     <w:rsid w:val="00F72D8F"/>
     <w:rsid w:val="00F7472F"/>
     <w:rsid w:val="00F74FAD"/>
     <w:rsid w:val="00F84849"/>
     <w:rsid w:val="00FA6F6C"/>
     <w:rsid w:val="00FB39C9"/>
+    <w:rsid w:val="00FB4E34"/>
     <w:rsid w:val="00FD30A5"/>
+    <w:rsid w:val="00FE2E68"/>
     <w:rsid w:val="00FF0817"/>
     <w:rsid w:val="00FF747E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="6A453D83"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{48D0C34F-D8BD-4E60-8BAF-EE6E9D37C046}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -7435,50 +7279,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00AF6B26"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:qFormat/>
     <w:rsid w:val="000A5449"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
@@ -7802,70 +7651,70 @@
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="002A4EE5"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:rsid w:val="000A5449"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="3EF3BF9EE85448C3BE383CD277825388"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{5CC40C31-B7F8-4D90-8A29-DB854A7DE268}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00257A83" w:rsidRDefault="006A66AD" w:rsidP="006A66AD">
           <w:pPr>
             <w:pStyle w:val="3EF3BF9EE85448C3BE383CD277825388"/>
           </w:pPr>
           <w:r w:rsidRPr="00D467FE">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
@@ -8437,193 +8286,218 @@
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{32DA334E-BCF5-4D2B-A38C-844D7F03FDDA}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00DC4728" w:rsidRDefault="008B76BC" w:rsidP="008B76BC">
           <w:pPr>
             <w:pStyle w:val="574A73EBD43146C7BE5201F225F5D7B7"/>
           </w:pPr>
           <w:r w:rsidRPr="00D467FE">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:insDel="0" w:formatting="0" w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006A66AD"/>
     <w:rsid w:val="00093A65"/>
+    <w:rsid w:val="001604A3"/>
+    <w:rsid w:val="001B5D4B"/>
+    <w:rsid w:val="001B64A2"/>
     <w:rsid w:val="00257A83"/>
     <w:rsid w:val="002A04A0"/>
     <w:rsid w:val="00330ED9"/>
+    <w:rsid w:val="00391B62"/>
+    <w:rsid w:val="005541E4"/>
+    <w:rsid w:val="00622B6D"/>
     <w:rsid w:val="006903B0"/>
     <w:rsid w:val="006A66AD"/>
     <w:rsid w:val="006C2229"/>
     <w:rsid w:val="008278AF"/>
     <w:rsid w:val="008B76BC"/>
     <w:rsid w:val="009C376D"/>
+    <w:rsid w:val="009C5DCA"/>
+    <w:rsid w:val="00A621A1"/>
+    <w:rsid w:val="00C97447"/>
     <w:rsid w:val="00DA0DD0"/>
     <w:rsid w:val="00DC4728"/>
+    <w:rsid w:val="00E66BD3"/>
+    <w:rsid w:val="00ED25AB"/>
+    <w:rsid w:val="00F80CB4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -8951,1037 +8825,186 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="008B76BC"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="897F7108C9634CB3B10FFF6E060695C1">
-[...202 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="3EF3BF9EE85448C3BE383CD277825388">
     <w:name w:val="3EF3BF9EE85448C3BE383CD277825388"/>
     <w:rsid w:val="006A66AD"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="41298E3591CF4B5D8F7C0D681BC5B8BE">
     <w:name w:val="41298E3591CF4B5D8F7C0D681BC5B8BE"/>
     <w:rsid w:val="006A66AD"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="4D62DE8C23134C23AE624582637A3F1C">
     <w:name w:val="4D62DE8C23134C23AE624582637A3F1C"/>
     <w:rsid w:val="006A66AD"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="B3644E1D16F3467ABDD095AE2ABAD474">
     <w:name w:val="B3644E1D16F3467ABDD095AE2ABAD474"/>
     <w:rsid w:val="006A66AD"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="8E117A2D701F46CFAA5CABAC70383C46">
     <w:name w:val="8E117A2D701F46CFAA5CABAC70383C46"/>
     <w:rsid w:val="006A66AD"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0E87624506BA4A728E5255EA5BB1AFB5">
-[...46 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="057C323E2A214475902C6EA14A58C0D8">
     <w:name w:val="057C323E2A214475902C6EA14A58C0D8"/>
     <w:rsid w:val="006A66AD"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="7B262ED1E54B4DF3B564906C06FF0CC6">
     <w:name w:val="7B262ED1E54B4DF3B564906C06FF0CC6"/>
     <w:rsid w:val="006A66AD"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BAE72BD5612C4085B5B21D088FF42458">
-[...390 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="C2445D41C1204D49B57FA7AA8ECFBEA1">
     <w:name w:val="C2445D41C1204D49B57FA7AA8ECFBEA1"/>
-    <w:rsid w:val="008B76BC"/>
-[...58 lines deleted...]
-    <w:name w:val="C6E3BF1EFCAA475492955F6CEBC1DE2E"/>
     <w:rsid w:val="008B76BC"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="32706AA68F534A47941D07594E6BB631">
     <w:name w:val="32706AA68F534A47941D07594E6BB631"/>
     <w:rsid w:val="008B76BC"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="E2D62ECE8EE64452B1E1C52BB5AC587A">
     <w:name w:val="E2D62ECE8EE64452B1E1C52BB5AC587A"/>
     <w:rsid w:val="008B76BC"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="C2CB157D79664FFDA2393DA3A651D6A4">
     <w:name w:val="C2CB157D79664FFDA2393DA3A651D6A4"/>
-    <w:rsid w:val="008B76BC"/>
-[...126 lines deleted...]
-    <w:name w:val="E8D825DA33A8474780C59A946E6D4335"/>
     <w:rsid w:val="008B76BC"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="03D356F97C5B473F9D7802E3E38144CD">
     <w:name w:val="03D356F97C5B473F9D7802E3E38144CD"/>
     <w:rsid w:val="008B76BC"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="08264BEB095849A6B0E9CA63FF23A286">
     <w:name w:val="08264BEB095849A6B0E9CA63FF23A286"/>
     <w:rsid w:val="008B76BC"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1EAFE695C93C4F5E843A2330BC42A468">
     <w:name w:val="1EAFE695C93C4F5E843A2330BC42A468"/>
     <w:rsid w:val="008B76BC"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="9A7ECDB6B3FF4D94A4B8DA2821902098">
     <w:name w:val="9A7ECDB6B3FF4D94A4B8DA2821902098"/>
     <w:rsid w:val="008B76BC"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="43C4D727E1894D0CAA9136A8396871E7">
     <w:name w:val="43C4D727E1894D0CAA9136A8396871E7"/>
     <w:rsid w:val="008B76BC"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11C9CF84DDE541B38E1B581E2772FE89">
-[...18 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2408C63177E742F7B21A9AF9E6998173">
     <w:name w:val="2408C63177E742F7B21A9AF9E6998173"/>
     <w:rsid w:val="008B76BC"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="0879C754A65141FFADF02BCC8D76DEAB">
     <w:name w:val="0879C754A65141FFADF02BCC8D76DEAB"/>
     <w:rsid w:val="008B76BC"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="08AF137F085945B8B3D243CE8367ECDC">
     <w:name w:val="08AF137F085945B8B3D243CE8367ECDC"/>
     <w:rsid w:val="008B76BC"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="0748AD478A314205A1371D965D818EE2">
     <w:name w:val="0748AD478A314205A1371D965D818EE2"/>
     <w:rsid w:val="008B76BC"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F996B7BE449E44D7A505FB9179B1AB37">
-[...2 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="574A73EBD43146C7BE5201F225F5D7B7">
     <w:name w:val="574A73EBD43146C7BE5201F225F5D7B7"/>
     <w:rsid w:val="008B76BC"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -10208,87 +9231,515 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DEFC3DB03A7A9E48933FAFEFF533E176" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="34ada11633fb54a9070ff7761da2d49c">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e3b2f8eb-7077-4394-88dc-fdd005b2502b" xmlns:ns3="b27e63a3-e033-494d-b51c-f805d80e7868" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="47da68ee3a4dbcf9738b9a29e0de8073" ns2:_="" ns3:_="">
+    <xsd:import namespace="e3b2f8eb-7077-4394-88dc-fdd005b2502b"/>
+    <xsd:import namespace="b27e63a3-e033-494d-b51c-f805d80e7868"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
+                <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
+                <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e3b2f8eb-7077-4394-88dc-fdd005b2502b" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_dlc_DocId" ma:index="8" nillable="true" ma:displayName="Document ID Value" ma:description="The value of the document ID assigned to this item." ma:indexed="true" ma:internalName="_dlc_DocId" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocIdUrl" ma:index="9" nillable="true" ma:displayName="Document ID" ma:description="Permanent link to this document." ma:hidden="true" ma:internalName="_dlc_DocIdUrl" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:URL">
+            <xsd:sequence>
+              <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
+              <xsd:element name="Description" type="xsd:string" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocIdPersistId" ma:index="10" nillable="true" ma:displayName="Persist ID" ma:description="Keep ID on add." ma:hidden="true" ma:internalName="_dlc_DocIdPersistId" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="24" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{6dc91958-743b-4cfa-85bd-b44653b505fd}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="e3b2f8eb-7077-4394-88dc-fdd005b2502b">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithUsers" ma:index="25" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="26" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b27e63a3-e033-494d-b51c-f805d80e7868" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="11" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="12" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="13" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="14" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="15" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="18" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="19" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="21" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="23" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="6a369a8e-3b54-4403-844c-e867f8c992a5" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="27" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="28" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="b27e63a3-e033-494d-b51c-f805d80e7868">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="e3b2f8eb-7077-4394-88dc-fdd005b2502b" xsi:nil="true"/>
+    <_dlc_DocId xmlns="e3b2f8eb-7077-4394-88dc-fdd005b2502b">NMF73XMDHVK5-1819142200-349421</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="e3b2f8eb-7077-4394-88dc-fdd005b2502b">
+      <Url>https://o365ucr.sharepoint.com/sites/BFS/Purchasing/_layouts/15/DocIdRedir.aspx?ID=NMF73XMDHVK5-1819142200-349421</Url>
+      <Description>NMF73XMDHVK5-1819142200-349421</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AB52575E-6DC4-450F-AECD-FC5DE001BB4E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E961DC4A-F1AA-4CDB-BB8E-15E7D5FD2369}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E2F643C4-2E3F-420A-9245-B1CB802BBB8D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D306344D-7353-4861-A341-B0D40E0BA983}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F6FAECD5-DD87-4488-AF68-50D1C8B1FD89}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="e3b2f8eb-7077-4394-88dc-fdd005b2502b"/>
+    <ds:schemaRef ds:uri="b27e63a3-e033-494d-b51c-f805d80e7868"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BC3B3841-6411-4772-B658-F545ECB280F1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="b27e63a3-e033-494d-b51c-f805d80e7868"/>
+    <ds:schemaRef ds:uri="e3b2f8eb-7077-4394-88dc-fdd005b2502b"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>705</Words>
-  <Characters>4019</Characters>
+  <Words>722</Words>
+  <Characters>3864</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>33</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>110</Lines>
+  <Paragraphs>86</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ecruitment Waiver Form – May 2017</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>University of California Riverside</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4715</CharactersWithSpaces>
+  <CharactersWithSpaces>4545</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ecruitment Waiver Form – May 2017</dc:title>
   <dc:subject/>
   <dc:creator>Mary White</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100DEFC3DB03A7A9E48933FAFEFF533E176</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
+    <vt:lpwstr>2ef1faa8-ba7e-4692-810f-85565e2db4df</vt:lpwstr>
+  </property>
+</Properties>
+</file>